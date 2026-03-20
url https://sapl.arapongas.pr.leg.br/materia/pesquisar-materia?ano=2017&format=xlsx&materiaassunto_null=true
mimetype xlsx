--- v0 (2026-01-31)
+++ v1 (2026-03-20)
@@ -54,5847 +54,5847 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Atas Sessão Ordinária</t>
   </si>
   <si>
     <t>1º SECRETÁRIO</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 1º SESSÃO ORDINÁRIA 2017</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 2º SESSÃO ORDINÁRIA DE 2017</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 3º SESSÃO ORDINÁRIA DE 2017</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 4º SESSÃO ORDINÁRIA DE 2017</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 5º SESSÃO ORDINÁRIA DE 2017</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATA DA 6º SESSÃO ORDINÁRIA DE 2017</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCE-SE "PARÁGRAFO ÚNICO" AO ART. 13 DO PROJETO DE RESOLUÇÃO N° 07/2016, PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO:</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>CJLR - Comissão de Justiça Legislação e Redação</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.docx</t>
   </si>
   <si>
     <t>ACRESCE-SE ARTIGO AO PROJETO DE EMENDA À LEI ORGÂNICA 01/2017, ALTERANDO A REDAÇÃO DO ART. 36 DA LEI ORGÂNICA, RENUMERANDO A SEQUÊNCIA DOS DEMAIS ARTIGOS</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA-SE A REDAÇÃO DA TABELA CONSTANTE DO ART. 1°, DO PROJETO DE LEI 11/2017,_x000D_
 PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA-SE A REDAÇÃO DOS ARTIGOS 2 E 4°, DO PROJETO DE LEI 15/2017, PASSANDO A VIGORAR COM A SEGUINTE REDAÇÃO:</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>Rubão</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA-SE O LIMITE DE 25% (VINTE E CINCO POR CENTO) DO ARTIGO 33, DO PROJETO DE LEI N° 021/2017, QUE DISPÕE SOBRE A ELABORAÇÃO DAS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2018 DO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t xml:space="preserve">Osvaldo </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>0 VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, VEM, RESPEITOSAMENTE, PROPOR A SEGUINTE EMENDA AO PROJETO DE LEI N° 1021/2017, QUE DISPÕE SOBRE A ELABORAÇÃO DAS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2018 DO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>Agnelson Galassi</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESCARTE DE MEDICAMENTOS, LÂMPADAS, PILHAS BATERIAS, BATERIAS DE CELULAR E OUTROS TIPOS ACUMULADORES DE ENERGIA NO ÂMBITO DO MUNICÍPIO DE ARAPONGAS - PR</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Miguel Messias</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O MUNICÍPIO ELABORE UM PROJETO JUNTO A SECRETARIA DE MEIO AMBIENTE PARA QUE AJA UMA FORMA DE AQUISIÇÃO DE BICICLETAS DE CARGA (TRICICLO) E DESIGNAR EM SISTEMA DE COMODATO À ASSOCIAÇÃO DE COLETORES AMBIENTAIS DE ARAPONGAS &amp;#8212; ASCAR, PARA DAR CONDIÇÕES E DIGNIDADE AOS 22 TRABALHADORES AUTÔNOMOS CADASTRADOS PARA RECOLHIMENTO DE MATERIAIS RECICLÁVEIS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A LIMPEZA OU FISCALIZAÇÃO DO TERRENO BALDIO SITUADO A RUA ARARAJUBA EM FRENTE AO Nº 212 JARDIM SAN PABLO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADA UMA ACADEMIA DE GINÁSTICA (ATI) NO JARDIM ALTO DA BOA VISTA, NA PRAÇA EM FRENTE À UNIDADE DE SAÚDE DESTE LOCAL SITUADO À RUA DANÇADOR ESTRELA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Toninho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO MELHORIAS NO ASFALTO DA RUA MERGULHADOR NO JARDIM BANDEIRANTES.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">POR UM CARRO PARA TRANSPORTAR PESSOAS COM NECESSIDADES ESPECIAIS EM ESPECIAL AOS QUE FAZEM FISIOTERAPIA DIARIAMENTE._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE TAPA BURACOS NA RUA ROUXINOL NA REGIÃO DA VILA APARECIDA E A MANUTENÇÃO DOS BUEIROS DA RUA ROUXINOL E TODOS OS CONJUNTOS DA ZONA SUL.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A LIMPEZA OU FISCALIZAÇÃO DO TERRENO BALDIO SITUADO A RUA MATEIRO EM FRENTE AO N° 7 JARDIM SANTO ANTONIO, QUE TEM CAUSADO TRANSTORNOS AOS MORADORES.0 MATO ESTÁ ALTO CONTRIBUINDO PARA PROLIFERAÇÃO DE INSETO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A LIMPEZA E CONSERVAÇÃO DAS CALÇADAS DA PRAÇA DO JARDIM ALTO DA BOA VISTA SITUADA À RUA DANÇADOR ESTRELA EM FRENTE À UNIDADE DE SAÚDE DESTE BAIRRO.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER MELHORIAS NA ENTRADA DA RUA GAVIÃO PEDRÊS, VILA BRASIL VISTO QUE OS MORADORES DESTE LOCAL ENCONTRAM-SE COM DIFICULDADE PARA TRANSITAR NA RUA DEVIDO UMA GRANDE VALETA NA LOCALIDADE.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE MELHORIAS EM UMA RUA DE TERRA LOCALIZADA NO FUNDO DO VALE DO JARDIM_x000D_
 SANTO ANTONIO, QUE É UTILIZADA PELOS MORADORES PARA ACESSAR AS RUAS DESTE LOCAL.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Angélica Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FAZER A SINALIZAÇÃO HORIZONTAL E VERTICAL DA RUA TRISTE-PIA, ESQUINA COM RUA BIGUATINGA_x000D_
 (VIA EM FRENTE AO COLÉGIO MUNICIPAL JOARIB GRILO CORDEIRO ), LOCALIZADA NO JARDIM PRIMAVERA._x000D_
 </t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A OPERAÇÃO TAPA BURACO NA RUA GAIVOTA PRÓXIMA AO NUMERO 200 VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Tico do Bar</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROVIDÊNCIAS ACERCA DA PAVIMENTAÇÃO ASFÁLTICA DO TRECHO URBANO NO FINAL DA RUA ÁGUIAS, QUE FAZ A LIGAÇÃO DOS CONJUNTOS HABITACIONAIS JARDIM PAULISTA II, JARDIM HERMÍNIO E MARIA COM OS CONJUNTOS JARDIM PAULINO FEDRIGO, JARDIM PARAÍSO, JARDIM CASA BRANCA E JARDIM METROPOLITAM._x000D_
 </t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Levi do Handebol</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADO SERVIÇOS DE RECUPERAÇÃO DA MALHA VIÁRIA NA RUA AVINHADOS ESQUINA COM A RUA TUIM SANTO, SITUADA NO JARDIM PAULISTA._x000D_
 </t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t xml:space="preserve">Maringá </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO INSTALADO REDUTOR DE VELOCIDADE E SINALIZAÇÃO NA RUA MARIQUITO DOS RIOS PRÓXIMO AO N° 340 JARDIM DONA MARTINHA.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t xml:space="preserve">Cleide Bisca </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADA UMA ACADEMIA POPULAR (ATI) NA COMUNIDADE DO ORLE.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADA UMA ACADEMIA POPULAR (ATI) NA COMUNIDADE NOVO MUNDO ONDE SE LOCALIZA A VILA RURAL LOCALIDADE ESSA QUE POSSUI UM ESPAÇO NO PÁTIO DA IGREJA APROPRIADO PARA ESSA ATIVIDADE.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADA UMA ACADEMIA POPULAR (ATI) NA COMUNIDADE DO CAMPINHO.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t xml:space="preserve">PROMOVER ATRAVÉS DE ANÚNCIOS ESCRITOS CIRCULARES (PANFLETOS), PUBLICAÇÃO EM JORNAIS LOCAIS, EM REDES SOCIAIS OU ATRAVÉS DOS MEIOS DE COMUNICAÇÃO HÁBEIS E EFICIENTES, A INFORMAÇÃO E CONSCIENTIZAÇÃO DE FORMA PREVENTIVA, AOS PROPRIETÁRIOS DE TERRENOS NÃO EDIFICADOS, QUE ESTEJAM DESPROVIDOS DE DEVIDA MANUTENÇÃO DE CAPINAGEM E LIMPEZA,, ADVERTINDO-OS SOBRE A POSSIBILIDADE DE TOMADA DE PROVIDÊNCIAS CABÍVEIS PELO PODER EXECUTIVO. </t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O CORTE DE UMA CARREIRA DE EUCALIPTOS NO CAMPO DO ALVORADA LOCALIZADO NA AVENIDA ROUXINOL COM RUA CALAU.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Pastor do Mercado</t>
   </si>
   <si>
     <t>QUE NA REGIÃO DE ARICANDUVA POSSA TER UMA VIATURA MILITAR OU UMA VIATURA GUARDA MUNICIPAL E UM MÓDULO ONDE OS MESMOS POSSAM PERMANECER ENQUANTO EXECUTAM PATRULHAMENTO NAQUELA REGIÃO DE ARICANDUVA SENDO CONVENIENTE SEGURANÇA 24 HORAS.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS NO SENTIDO  DE PROMOVER A  REFORMA DO TERMINAL RODOVIÁRIO URBANO, DESTA CIDADE, NA SUA INTEGRALIDADE.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DO TERRENO LOCALIZADO NA RUA CATORRITA AO LADO DA ASSOCIAÇÃO DE MORADORES DO JARDIM DO SOL, DESTA CIDADE.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>REATIVAÇÃO COM VIATURA PERMANENTE NO MÓDULO POLICIAL DA ZONA SUL.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA INSTALADA UMA ACADEMIA DA TERCEIRA IDADE AO LADO DA ENTRADA DO JAIME DE LIMA (SÃO_x000D_
 JOSÉ)_x000D_
 </t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A CONTINUAÇÃO DO ASFALTO DA RUA SANÃ VERMELHA NO JARDIM COLUMBIA 4.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A PAVIMENTAÇÃO DA RUA DO CRASS DA ZONA SUL.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO ESTUDOS PARA FUTURO IMPLANTAÇÃO DE REDE DE ESGOTO NO CONJUNTO PALMARES E TODA ZONA SUL. E TAMBÉM NOS JARDINS COLUMBIA 1,2,3 E 4.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE UM SEMÁFORO NO CRUZAMENTO ENTRE AS RUAS ARARAS E MUTUM, ESQUINA DA BIBLIOTECA PÚBLICA MUNICIPAL "MACHADO DE ASSIS"._x000D_
 </t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA A REFORMA TOTAL DA PRAÇA DE LAZER NA RUA COLHEREIRO, VILA APARECIDA, INCLUINDO A RECUPERAÇÃO DE BANCOS, PLAYGROUND E ORNAMENTAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO TRABALHOS DE REVITALIZAÇÃO DA SINALIZAÇÃO HORIZONTAL E VERTICAL NO BAIRRO CENTAURO, EM DIFERENTES VIAS DE ACESSO E ADJACENTES.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DISPONIBILIZADO NA ESTRADA RURAL NA ENTRADA DO CENTRO ESPORTIVO LARANJA MECÂNICA PERTO DO CONTORNO DA PR 444 UMA CAÇAMBA PARA QUE A POPULAÇÃO USE REMOÇÃO DE LIXOS DAS SUAS RESIDÊNCIAS</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t xml:space="preserve">Reivaldo </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A ABERTURA DA RUA PATO DE CRISTA, A MESMA É INTERROMPIDA ENTRE AS RUAS CABURÉ  CANELA, SAN RAPHAEL I E BEIJA-FLOR MARROM, SAN RAPHAEL II CERCA DE 500 METROS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADA UMA ACADEMIA DE GINÁSTICA (ATI) NO JARDIM PLANALTO, NA PRAÇA DO BAIRRO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>VERIFICAR A POSSIBILIDADE DE SE INSTALAR UM PONTO DE ÔNIBUS NA RUA PIUÍ-DE-TOPETE ESQUINA COM GRALHA-DO-CERRADO NO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A CONSTRUÇÃO E PRESERVAÇÃO DAS CALÇADAS NAS INSTALAÇÕES DA SANEPAR SITUADO NA RUA FORMIGUEIRO DA SERRA CONJUNTO PALMARES.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO AO FUNCIONAMENTO DO TERMINAL RODOVIÁRIO URBANO DE ACORDO COM A FINALIDADE ORIGINAL DE SUA CRIAÇÃO, BEM COMO SEJA REALIZADO ESTUDO POR PROFISSIONAIS ESPECIALIZADOS NO SENTIDO DE SE VERIFICAR A VIABILIDADE DA IMPLANTAÇÃO  DE ESPÉCIE OU MODALIDADE DE TARIFA ÚNICA PARA OS  USUÁRIOS DO TRANSPORTE PUBLICO COLETIVO URBANO.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Aroldo Pagan</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA INSTALAR UM SEMÁFORO NA RUA BONITO DO CAMPO COM AVENIDA MARACANÃ.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA NOTIFICAR O PROPRIETÁRIO DO(S) TERRENO(S) SITUADO A RUA CARÃO DEFRONTE AO CURTUME HL.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADO QUEBRA-MOLAS NA RUA SABIA CASTANHO NO CONJUNTO TEREZA BONONI, QUE DA ACESSO AO CONJUNTO PIACENZA.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE UM PARQUE INFANTIL EM UMA PRAÇA SITUADA PERTO DO SUPERMERCADO MOLICENTER ENTRE AS RUAS PICA PAU REAL ESQUINA COM A RUA SERTANEJO E A RUA ROUXINOL.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE UMA TRAVESSIA ELEVADA NA RUA ROUXINOL NAS PROXIMIDADES DO SUPERMERCADO MOLICENTER.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE UM QUEBRA MOLAS NA RUA CARDEAL AMARELO ESQUINA COM SAÍRA PÚRPURA NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADO UM PONTO DE ÔNIBUS COBERTO NA COMUNIDADE DO CAMPINHO.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A COBERTURA DO PONTO DE CIRCULAR LOCALIZADO NA RUA GUARACAVA VERDE EM FRENTE AO N° 241 NO CONJUNTO TEREZA BONONI.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO O DESENTUPIMENTO DOS BUEIROS LOCALIZADOS NA RUA CARDEAL DA AMAZÔNIA PRÓXIMO AOS NÚMEROS 160, 161 E 232 NO CONJUNTO TEREZA BONONI.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE FEITO A RESTAURAÇÃO DA PRAÇA MAUÁ E SE POSSÍVEL COM BANHEIROS MASCULINOS E FEMININOS.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE DESENTUPIMENTO E LIMPEZA DOS BUEIROS LOCALIZADOS NA RUA TICO-TICO,ESQUINA COM A RUA,ARATAIAÇU, BEM COM0 0 BUEIRO DA RUA ARATAIAÇU ESQUINA COM A RUA TICO-TICO, NA VILA SÃO VICENTE, EM FRENTE À ESCOLA MUNICIPAL JULIA SAVIETO.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM  PONTO DE ÔNIBUS COBERTO EM FRENTE, OU NAS PROXIMIDADES DO UPA ( UNIDADE DE PRONTO ATENDIMENTO) LOCALIZADO NA-RUA TICO-TICO REI, NO JARDIM CARAVELLE DESTA CIDADE.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE FEITO UM ESTUDO PARA FUTURA IMPLANTAÇÃO DE UM MÓDULO POLICIAL NA ZONA OESTE NA REGIÃO DO CONJUNTO CORINA E CONJUNTOS ARAÚCARIAS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADO EM CARÁTER DEFINITIVO O SEMÁFORO 03 TEMPOS NO CRUZAMENTO DAS RUAS ALBATROZ REAL COM A RUA LORO VERDE NO FLAMINGOS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A PAVIMENTAÇÃO DA ACADEMIA DA TERCEIRA IDADE DA VILA APARECIDA.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE FEITO UM ESTUDO PARA IMPLANTAÇÃO DE UM POSTO DE SAÚDE NA ZONA SUL NAS PROXIMIDADES DO PADRE BERNARDO ATÉ PIACENZA.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADO UM SEMÁFORO 03 TEMPO NA RUA ROUXINOL ESQUINA COM A RUA CANINDÉ NA VILA APARECIDA.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM TROCADAS AS LÂMPADAS DA CICLOVIA NO PARQUE INDUSTRIAL, PRINCIPALMENTE ENTRE O TRECHO DA PASSARELA ATÉ O FINAL EM FRENTE A UNIPORT.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA FISCALIZAÇÃO E QUE SEJA TOMADA UMA PROVIDÊNCIA NA RUA NARCEJA AMERICANA Nº 236 NO CONJUNTO JARDIM BANDEIRANTES.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA ESTAR IMPLANTANDO QUEBRA-MOLAS NA RUA MAITACA ROXA PRÓXIMO Nº 227 CONJUNTO SAN RAFAEL II.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA SER IMPLANTADO UM PARQUINHO DE LAZER PARA AS CRIANÇAS NO DISTRITO DE ARICANDUVA .</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA COM URGÊNCIA A FISCALIZAÇÃO E MEDIDAS CABÍVEIS EM DOIS TERRENOS BALDIOS LOCALIZADOS NA RUA JAPÚ, DEFRONTE AO NÚMERO 81, VILA APARECIDA, ONDE AS RESIDÊNCIAS VIZINHAS ESTÃO SENDO INVADIDAS POR ARANHAS, TATURANAS E DIVERSOS INSETOS NOCIVOS À SAÚDE.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO TRABALHO DE RECUPERAÇÃO E CASCALHAMENTO NA ENTRADA DA ESTRADA DA ALIANÇA.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VERIFICADA A POSSIBILIDADE DE RETIRAR MEDICAMENTOS DE CONTROLE ESPECIAL EM UM ESTABELECIMENTO DE SAÚDE NO MUNICÍPIO DE ARAPONGAS, JÁ QUE CENTENAS DE ARAPONGUENSES SE DESLOCAM ATÉ O MUNICÍPIO DE APUCARANA MENSALMENTE PARA RETIRAR OS MESMOS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO O RECAPEAMENTO ASFÁLTICO EM PARTE DA RUA BONITO DO CAMPO, JARDIM BARONEZA, ONDE OS MORADORES TÊM SOFRIDO COM A AUSÊNCIA DA MALHA VIÁRIA, E QUE SEJAM REALIZADOS SERVIÇOS DE RECUPERAÇÃO NA MESMA RUA, NOS LOCAIS EM QUE CONSTAM DETERIORAÇÕES DA VIA.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM PROVIDENCIADOS SERVIÇOS DE CAPINA, ROÇAGEM E LIMPEZA NAS VIAS DE PASSEIO DA VILA_x000D_
 APARECIDA, ONDE DIFERENTES LOCAIS NÃO APRESENTAM ACESSIBILIDADE E MOBILIDADE ADEQUADA AOS PEDESTRES, DEVIDO À QUANTIDADE DE MATO._x000D_
 </t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA FAIXA DE TRAVESSIA ELEVADA PARA PEDESTRES NA VIA PÚBLICA LOCALIZADA NA RUA IRATAUÁ (VILA ARAPONGUINHA) EM FRENTE AO CLUBE CAMPESTRE DE ARAPONGAS, BEM COMO SEJA IMPLANTADA E SINALIZADA OUTRA FAIXA DE PEDESTRES COMUM, NA RUA GUIRACÁ, ESQUINA COM A RUA_x000D_
 IRATAUÁ, TENDO EM VISTA O GRANDE FLUXO DE CIRCULAÇÃO DE PEDESTRES NAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE E A VIABILIDADE DE SE INSTALAR PLACAS INDICATIVAS DE NOME DE RUAS NOS BAIRROS OU PINTE NOS POSTES O NOME DAS RUAS, POIS HÁ VÁRIOS LOGRADOUROS EM NOSSO MUNICÍPIO QUE NÃO POSSUI O NOME E ISSO TEM CAUSADO TRANSTORNOS PARA A POPULAÇÃO EM GERAL.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A RESTAURAÇÃO DO CAMPO DE FUTEBOL NO CONJUNTO PADRE CHICO.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE INSTALADO UMA ACADEMIA DA TERCEIRA IDADE NO CONJUNTO ARAUCÁRIA.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO MÃO ÚNICA NAS RUAS : JAÓ E TEC-TEC NA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO NO CONJUNTO BANDEIRANTES À OPERAÇÃO TAPA BURACOS NAS RUAS POMBO CORREIO E NA RUA CAMBACICA.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A LIMPEZA DE BOCAS DE LOBO NA RUA BEIJA-FLOR BRANCO COM MAÇARICO DO CAMPO CONJUNTO SÃO CARLOS E PARA TAMBÉM ARRUMAR UM BURACO NA MESMA RUA.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DADA UMA ATENÇÃO MAIOR A SEDE DA UAMMA (UNIÃO DAS ASSOCIAÇÕES DOS MORADORES DO MUNICÍPIO DE ARAPONGAS) LOCALIZADA NO EDIFÍCIO PALÁCIO DO COMÉRCIO NO 102 ANDAR SALA 1001</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>COBRAR DAS EMPRESAS DE TELEFONIA FIXA E MÓVEL A INSTALAÇÃO DE LINHAS TELEFÔNICAS E SEUS DEMAIS SERVIÇOS NOS BAIRROS QUE AINDA NÃO TEM ACESSO A ESSES BENEFÍCIOS BEM COMO O JARDIM CASA GRANDE 02.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE COLOCAR UM REDUTOR DE VELOCIDADE NA RUA CANÁRIO_x000D_
 ESQUINA COM POMBAS.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE COLOCAR 02 REDUTORES DE VELOCIDADE NA RUA FORMIGUEIRO CINTADO N°110 E NA ALTURA DO N°282 LOCALIZADA NO JARDIM CASA GRANDE 02.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZE E IDENTIFIQUE ATENDIMENTO A PACIENTES E FAMILIARES DE BAIXA RENDA QUE NECESSITE DE AUXILIO PARA ADQUIRIR MEDICAMENTO E PRECISE DO APOIO DO PODER PÚBLICO._x000D_
 </t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DO CISAM.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Dr. Fernando Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A LIMPEZA E RESTAURAÇÃO DAS RUAS/ LOTES E CALÇADAS, QUE AINDA EM (CHÃO BRUTO), BEM COMO, ENTULHOS NOS BAIRROS DOS JARDINS INTERLAGOS MAIS PRECISAMENTE ENTRE AS RUAS: CISNE NEGRO ESQUINA COM PICAPAUZINHO VERDE E OUTRAS PRÓXIMAS. E NO JARDIM ARAUCÁRIA II NAS RUAS: MERGULHÃOZINHO E SURUCUÁ PAVÃO TÊM ATÉ UM ESQUELETO DE CARRO ABANDONADO A BEIRA DE UM RIO NASCENTE (RIBEIRÃO CAMPINHO), E TAMBÉM A RESTAURAÇÃO DO ASFALTO QUE ESTÁ EM ESTADO CRÍTICO COM MUITOS BURACOS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE UMA TRAVESSIA ELEVADA NA AVENIDA ROUXINOL ESQUINA COM A RUA MERGULHÃO.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA A PAVIMENTAÇÃO ASFÁLTICA NO FINAL DA RUA ÁGUIAS, ENTRE O JARDIM PAULISTA E JARDIM PAULINO FEDRIGO, VIA DE IMPORTANTE ACESSO QUE SE ENCONTRA EM DIFÍCEIS CONDIÇÕES DE TRÁFEGO._x000D_
 </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO UM PLANO DE ESTUDO DE TRÂNSITO NAS RUAS SURUCUÁ E SABIÁ COLEIRA, AMBAS NO CONJUNTO CENTAURO, A FIM DE QUE SEJAM PROPORCIONADAS MELHORIAS NO FLUXO CONFUSO DE VEÍCULOS NAS RESPECTIVAS VIAS, NO QUE INCLUI ANÁLISE DE PREFERENCIAIS, VAGAS DE ESTACIONAMENTO, FAIXA DE PEDESTRES, LIMITE DE VELOCIDADE, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM PROVIDENCIADOS SERVIÇOS DE MANUTENÇÃO PARA RESTABELECER A ILUMINAÇÃO PÚBLICA NA RUA TINGUAÇU, NAS PROXIMIDADES DO ESTÁDIO MUNICIPAL JOSÉ LUIS CHIAPIN, ONDE MORADORES TÊM SOFRIDO COM A FALTA DE SEGURANÇA DEVIDO À AUSÊNCIA DE ILUMINAÇÃO NO LOCAL._x000D_
 </t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NO PAVIMENTO ASFÁLTICO E TAMBÉM SEJA FEITO O TAPA BURACOS NA RUA PODARGO LOCALIZADA ATRÁS DO SALÃO PAROQUIAL DA IGREJA SANTO ANTÔNIO DE PÁDUA.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A SINALIZAÇÃO DE TRANSITO HORIZONTAL NAS RUAS DO CONJUNTO SANTA EFIGÊNIA E TAMBÉM E PARA QUE SEJA COLOCADO OS NOMES DAS RUAS EM POSTES OU IMPLANTADO PLACAS.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA ESTAR IMPLANTANDO QUEBRA-MOLAS NA RUA ARAPAÇU BICUDO NO JARDIM BELA VISTA .</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO NO CONJUNTO ULISSES GUIMARÃES A OPERAÇÃO TAPA BURACOS NA RUA FURRIEL.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA FAIXA DE PEDESTRES NA RUA MARABU PRÓXIMO A ESCOLA ESTADUAL JULIA WANDERLEY.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO O TÉRMINO DA MALHA ASFÁLTICA NO FINAL DA CISNE-NEGRO ENTRE O JARDIM VALE DAS PEROBAS E INTERLAGOS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A PAVIMENTAÇÃO COM PEDRAS IRREGULARES NA ESTRADA DO NOVO MUNDO INICIANDO NA BR 369 ATÉ A VILA RURAL.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Adauto Fornazieri</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A PAVIMENTAÇÃO COM PEDRAS IRREGULARES NA ESTRADA ARAGUARI, INICIANDO NA BR 369 ATÉ A DIVISA COM A CIDADE DE LONDRINA.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A INSTALAÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA NA AVENIDA ARAPONGAS ENTRE A FEIRA DA LUA E A ROTATÓRIA NA AVENIDA MARACANÃ.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIDADE DA IMPLANTAÇÃO E FUNCIONAMENTO DE UMA UNIDADE BÁSICA DE SAÚDE NA COMUNIDADE NOVO MUNDO PARA ATENDIMENTO DOS MORADORES DA COMUNIDADE E REGIÕES VIZINHAS, DEVIDO AS DIFICULDADES DOS MORADORES SE DESLOCAREM A CIDADE PARA ATENDIMENTO MÉDICO.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO ESTUDOS PARA A IMPLANTAÇÃO DE UM QUEBRA MOLA ELEVADO NAS PROXIMIDADES DA IGREJA MATRIZ.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE COLOQUE UMA TAMPA DE BUEIRO, NA RUA SABIA CASTANHO, PRÓXIMO AO CONJUNTO PIACENZA.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE ESTUDE A POSSIBILIDADE E A VIABILIDADE DE SE INSTALAR UMA ILUMINAÇÃO NA ACADEMIA DA TERCEIRA IDADE &amp;#8212; ATI, LOCALIZADO NA RUA BEM TE VI CINZA, AO LADO DO CENTRO EDUCACIONAL SÃO MIGUEL ARCANJO, NO JARDIM DONA MARTINHA._x000D_
 </t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NO PAVIMENTO ASFÁLTICO E TAMBÉM SEJA FEITO O TAPA BURACOS NA RUA GAIVOTA COM JAPIRA NA VILA SÃO JOÃO.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM, LIMPEZA E CONSERVAÇÃO DAS ÁREAS DE DOMÍNIO DO PODER PÚBLICO LIMÍTROFES ÀS ÁREAS DE PRESERVAÇÃO AMBIENTAL, NOTADAMENTE AS DIVISAS DENOMINADAS POPULARMENTE COMO "FUNDOS DE VALES" LOCALIZADOS NOS JARDINS BRASIL HERMÍNIO E MARIA, PAULINO FEDRIGO E PARAÍSO, DESTA CIDADE,</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE TAPA BURACO, NA RUA TACHA, EM FRENTE AO NÚMERO 135, VILA TRIÂNGULO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE DESENTUPIMENTO E LIMPEZA DO BUEIRO LOCALIZADO NA RUA TACHA, VILA TRIÂNGULO, EM FRENTE AO RECANTO FUTSAL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA PRAÇA DR. JULIO JUNQUEIRA NESTA CIDADE, POPULARMENTE CONHECIDA COMO "PRAÇA MAUÁ", TENDO EM VISTA QUE AQUELA PRAÇA, NECESSITA DE REPAROS DE ILUMINAÇÃO, LIMPEZA, CONSERVAÇÃO, CONSTRUÇÃO DE SANITÁRIOS E PRINCIPALMENTE O RETORNO DO PLENO FUNCIONAMENTO DA FONTE LUMINOSA ALI EXISTENTE.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE  PODAS DE MANEIRA EFICENTE NOS GALHOS DAS ÁRVORES EXISTENTES NA RUA SABIATINGA, NO CONJUNTO FLAMINGOS I, HAJA VISTO OS GRANDES TRANSTORNOS QUE A AUSÊNCIA DAS PODAS REGULARES VEM CAUSANDO AOS POPULARES QUE ALI RESIDEM.</t>
   </si>
   <si>
     <t>ESTUDOS TÉCNICOS PARA OBTENÇÃO DE INFORMAÇÃO E MAPEAMENTO DAS ÁRVORES DO MUNICÍPIO QUE APRESENTEM INDÍCIOS DE FRAGILIDADE EM SUA VITALIDADE E QUE NECESSITAM DE INTERVENÇÃO DO PODER PÚBLICO, COMO POR EXEMPLO SUAS SUBSTITUIÇÕES OU TOMADA DE PROVIDÊNCIAS EFICIENTES, VISANDO EVITAR ACIDENTES CAUSADOS POR QUEDAS DE ÁRVORES QUE JÁ INDICAVAM A NECESSIDADE DE INTERVENÇÃO DO PODER PÚBLICO MUNICIPAL E QUE PODERIAM TER SIDO EVITADOS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA SER FEITA A ILUMINAÇÃO DA QUADRA ESPORTIVA DO CONJUNTO RESIDENCIAL PIACENZA .</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA ESTAR IMPLANTANDO QUEBRA-MOLAS NA RUA CIGARRA VERDADEIRA NO CONJUNTO RESIDENCIAL PIACENZA .</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO NO CONJUNTO TROPICAL À OPERAÇÃO TAPA BURACOS NA RUA MÃE DA LUA.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>SER FEITA A ILUMINAÇÃO DA (ATI)ACADEMIA DA TERCEIRA IDADE DO CONJUNTO NOVO HORIZONTE .</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A LIMPEZA GERAL EM TODA A EXTENSÃO DA RUA AMANANCI E ENTORNOS NO JARDIM PRIMAVERA, TAMBÉM O RECOLHIMENTO DE MÓVEIS, ENTULHOS E GALHOS SECOS DEPOSITADOS NAS CALÇADAS ESTA REGIÃO ESTÁ NECESSITANDO DE UM CUIDADO ESPECIAL.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SE VERIFIQUE A POSSIBILIDADE DE FAZER O SERVIÇO ARBORIZAÇÃO NO CANTEIRO CENTRAL DA AVENIDA SIRIEMA NA VI. ARAPONGUINHA.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O RECAPEAMENTO DO ASFALTO DA RUA FRANCELHO NA VILA NOVA.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADA QUEIMADA DA RUA VERDELHÃO EM FRENTE À RESIDÊNCIA DE NÚMERO 69 LOCALIZADA NA VILA ARAPONGUINHA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SINALIZAÇÃO HÁBIL INDICATIVA DE TRAVESSIA DE PEDESTRES NA RUA QUETZAL, ESQUINA COM A RUA SANGUE-DE-BOI, NA VILA ARAPONGUINHA,NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE DESENTUPIMENTO E LIMPEZA DO BUEIRO LOCALIZADO NA RUA IRERÊ, ESQUINA COM A RUA DAS GARÇAS, NO CENTRO, DESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DO QUEBRA-MOLAS LOCALIZADO NA RUA APTÉRIX, ESQUINA COM A RUA MATE_x000D_
 LEÃO, DEFRONTE AO NÚMERO 405, NA VILA SAMPAIO, DESTA CIDADE.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ILUMINAÇÃO EFICIENTE E DE FORMA INTEGRAL NO INTERIOR DO CEMITÉRIO MUNICIPAL DESTA CIDADE, BEM COMO SEJA REALIZADA A AQUISIÇÃO E INSTALAÇÃO DE CÂMERAS DE SEGURANÇA EM PONTOS ESTRATÉGICOS DAQUELE LOCAL.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO À EMPRESA: TRANSPORTE URBANO ARAPONGAS - TUA TRANSPORTES,QUE SEJA DISPONIBILIZADO LINHAS DE ÔNIBUS AO CONJUNTO TROPICAL E ARREDORES, CONFORME ANTERIORMENTE ERA REALIZADO, QUAL SEJA, A DISPONIBILIZAÇÃO DE VEÍCULOS A CADA TRINTA MINUTOS, COM INTUITO DE PROPORCIONAR MAIOR COMODIDADE E EFICIÊNCIA NO TRANSPORTE COLETIVO URBANO DOS MORADORES_x000D_
 DAQUELA COMUNIDADE.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ESTUDOS SOBRE A VIABILIDADE DE EXPANSÃO DO CANIL MUNICIPAL DESTA CIDADE, BEM_x000D_
 COMO SEJAM REALIZADAS TRATATIVAS JUNTO À INICIATIVA PRIVADA, ORGANIZAÇÕES NÃO GOVERNAMENTAIS, COMO POR EXEMPLO A ONG "OPAA" DESTA CIDADE E PRINCIPALMENTE JUNTO À UNIVERSIDADE NORTE DO PARANÁ (UNOPAR), NOTADAMENTE COM O HOSPITAL VETERINÁRIO DESTA CIDADE; PROPOSTA  DE PROJETO DE LEI QUE BENEFICIE EMPRESAS PRIVADAS DO RAMO, COM A REDUÇÃO, OU_x000D_
 ISENÇÃO DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA, DE COMPETÊNCIA DO MUNICÍPIO, EXIGINDO-SE A CONTRAPARTIDA NECESSÁRIA PARA A VIABILIZAÇÃO DA CRIAÇÃO E MANUTENÇÃO DO PROJETO DESTINADO AO RECOLHIMENTO, TRATAMENTO, ALIMENTAÇÃO E CASTRAÇÃO DESSES ANIMAIS_x000D_
 ABANDONADOS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UM ESTUDO DE TRÂNSITO QUE POSSA VISIBILIZAR A SINALIZAÇÃO DE TRÂNSITO NOS CONJUNTOS AEROPORTO E PRIMAVERA E QUE IMPLANTE SINALIZAÇÃO DE TRÂNSITO VERTICAL E HORIZONTAL.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE PODA DE ÁRVORES E MATOS NAS IMEDIAÇÕES DO CONJUNTO TROPICAL, LIMPEZA DE TERRENOS PÚBLICOS E REPARO DA MALHA ASFÁLTICA. </t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CONTRA PISO NA ATI - ACADEMIA DA TERCEIRA IDADE DO_x000D_
 CONJUNTO TROPICAL.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE FEITO A IMPLANTAÇÃO DE ILUMINAÇÃO EM PARTES NA QUADRA ESPORTIVA DA RUA PAPAGAIO ESQUINA COM UIRAPURU E TAMBÉM SE POSSÍVEL COLOCAR TORNEIRAS.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADO UM PONTO DE CIRCULAR COM COBERTURA E BANCO NA RUA SABIÁ EM FRENTE A PRAÇA DA SAUDADE.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A REVITALIZAÇÃO DA ACADEMIA DA TERCEIRA IDADE DO CONJUNTO ULISSES GUIMARÃES COM IMPLANTAÇÃO DE UM PARQUINHO INFANTIL.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO RECAPE OU TAPA BURACOS NAS RUAS: SABIATINGA, AZULÃO DA SERRA E GATURAMO REI NO CONJUNTO FLAMINGOS.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA A ROÇAGEM NA ESCOLA MUNICIPAL PROFESSORA ALZIRA HORVATICH SITUADA NA RUA GARÇA BRANCA S/N, CONJUNTO FLAMINGOS._x000D_
 </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE IDENTIFICAR O NOME DAS RUAS NOS BAIRROS SAN RAFAEL I, II,_x000D_
 III E IV.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFAZER OS QUEBRA MOLAS DA AVENIDA ROUXINOL NAS ALTURAS DOS N.9 2069,2331 E 255.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL NA PISTA DE SKATE LOCALIZADA NO PARQUE DOS PÁSSAROS E TAMBÉM QUE SEJA FEITO UM BANHEIRO PARA USO DOS FREQUENTADORES QUE USAM ESSE LOCAL PARA SEU LAZER.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFAZER A PINTURA DAS VIAS E FAIXAS DE PEDESTRES ASSIM COMO A SINALIZAÇÃO DA AVENIDA ROUXINOL DA ALTURA DO CAMPO DO ALVORADA ATÉ A ENTRADA DO CONJUNTO PADRE BERNARDO MERKEL.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS) NA AVENIDA SIRIEMA, ESQUINA COM A RUA FAISÃO, NA VIA QUE SEGUE DOS BAIRROS NO SENTIDO CENTRO, NA VILA ARAPONGUINHA DESTA CIDADE.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PLACAS SINALIZADORAS E INDICATIVAS COM A MENSAGEM DE: "RUA SEM SAÍDA" NO JARDIM SANTO ANTÔNIO DESTA CIDADE.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESENTUPIMENTO DO BUEIRO LOCALIZADO NA RUA ANÚ-PRETO, EM FRENTE AO NÚMERO 26, NO JARDIM SANTO ANTÔNIO, DESTA CIDADE, BEM COMO SEJA,COM A MAIOR BREVIDADE POSSÍVEL REALIZADA A COLOCAÇÃO DE TAMPA DE CONCRETO EM ALUDIDO BUEIRO.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA GERAL NAS TUBULAÇÕES E DESENTUPIMENTO DO BUEIRO LOCALIZADO NA RUA QUETZAL, EM FRENTE AO NUMERO 574, NA VILA SAMPAIO,DESTA CIDADE.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO TODA SEXTA FEIRA DE UM BANHEIRO QUÍMICO NA FEIRA DO JARDIM AEROPORTO.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SINALIZAÇÃO DE TRÂNSITO PARA RESERVA DE VAGAS ESPECIAIS DESTINADAS AOS IDOSOS E PORTADORES DE DEFICIÊNCIA NA RUA CONDOR, NAS PROXIMIDADES DO CLUBE COMERCIAL DESTA CIDADE.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE SEMÁFORO NO CRUZAMENTO DAS RUAS IRATAUÁ, COM A RUA CATIRUMBAVA, NO PARQUE INDUSTRIAL I, ENTRE A EMPRESA AUTO CANDASP E A EMPRESA MOVAL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR PLACAS DE IDENTIFICAÇÃO COM O NOME DE CADA POSTO DE SAÚDE EM COMUM O POSTO DE SAÚDE LOCALIZADO NA RUA QUETZAL N° 320 NO BAIRRO SANTO ANTONIO</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS PARA QUE COLOQUE AREIA BRANCA NO PARQUINHO LOCALIZADO NA PRAÇA DA SAUDADE.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM REALIZADOS ESTUDOS PARA REFORMA E LIMPEZA DA PRAÇA DA IGREJA DE ARICANDUVA.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A TRANSFERÊNCIA DO PONTO DE ÔNIBUS QUE SE ENCONTRA ATRÁS DA IGREJA SÃO FRANCISCO DE ASSIS PARA A RUA GATURAMO REI ESQUINA COM GARÇA BRANCA NO CONJUNTO FLAMINGOS.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO E IMPLANTAÇÃO DE UMA ESCOLA DE ENSINO FUNDAMENTAL NO JARDIM CAMPESTRE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t xml:space="preserve">NOTIFICAÇÃO AO PROPRIETÁRIO DO IMÓVEL, POSSIVELMENTE ABANDONADO, LOCALIZADO NA_x000D_
 RUA ACANTIZO, AO LADO DO NÚMERO 580, NA VILA SAMPAIO, NESTA CIDADE._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE INSTALAR 01 REDUTOR DE VELOCIDADE NA RUA TAPICURU LOCALIZADA NA VILA TRIÂNGULO NA ALTURA DO N° 95.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO AMBULÂNCIA PERMANENTE DE URGÊNCIA E EMERGÊNCIA NO 18 HORAS DO CONJUNTO PALMARES, PETRÓPOLIS E CONJUNTO FLAMINGOS.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA IMPLANTADO UM SINALEIRO NA AVENIDA ARAPONGAS ESQUINA COM A RUA JACUTINGA PRÓXIMO AO SUPERMERCADO VERONA.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ANALISADA A POSSIBILIDADE DE CAPACITAÇÃO PARA OS MONITORES DOS ESTABELECIMENTOS DE ENSINO DO MUNICÍPIO, VISANDO A ORIENTAÇÃO DO TRÂNSITO EM FRENTE ÀS ESCOLAS NOS HORÁRIOS DE ENTRADA E SAÍDA DOS ALUNOS, A FIM DE QUE SEJA MANTIDA A ORGANIZAÇÃO E A SEGURANÇA DURANTE ESSE HORÁRIO DE FLUXO INTENSO DE VEÍCULOS E CONSTANTE PASSAGEM DE PEDESTRES.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE BOCAS DE LOBO NA RUA GATURAMO REI COM SUIRIRI DO SUL CONJUNTO SAN RAFAEL</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO E RESTAURAÇÃO DAS SINALIZAÇÕES DE TRÂNSITO DE FORMA HORIZONTAL E VERTICAL NA RUA GUACURU, NA VILA ARAPONGUINHA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTADO ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS) NA RUA GUACURU, ESQUINA COM_x000D_
 A RUA CEGONHA, NA VILA ARAPONGUINHA DESTA CIDADE.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADO UMA ENTRADA PARA AMBULÂNCIAS E RAMPAS DE ACESSO PARA PESSOAS COM DEFICIÊNCIA NO GINÁSIO MUNICIPAL LUIZ AUGUSTO ZIN, POSSIBILITANDO RÁPIDO ATENDIMENTO EM CASOS DE EMERGÊNCIA E O ACESSO DE PESSOAS COM NECESSIDADES ESPECIAIS NO ESPAÇO ESPORTIVO,_x000D_
 RESPECTIVAMENTE._x000D_
 </t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS), NA RUA_x000D_
 ARIRAMBA-BRONZEADO, PRÓXIMO AO NÚMERO 789, NO JARDIM INTERLAGOS,NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA FAIXA DE TRAVESSIA ELEVADA PARA PEDESTRES MA VIA PÚBLICA LOCALIZADA NA RUA ANDORINHAS EM FRENTE AO TERMINAL RODOVIÁRIO URBANO DESTA CIDADE; QUE SEJA RETIRADO OS OBSTÁCULOS NA VIA DE PASSAGEM DE PEDESTRES NA PARTE DA EDIFICAÇÃO DO TERMINAL.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA MELHORIAS NA RUA BEIJA FLOR BRANCO, JARDIM SÃO CARLOS, ESPECIALMENTE NA ÚLTIMA QUADRA.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA ABERTURA DAS RUAS: FORMIGUEIRO DE TOPETE E GARÇA CINZA, NO JARDIM SÃO CARLOS COM AS RUAS GARÇA DA MATA E FRUTEIRO RUIVO NO JARDIM NOSSA SENHORA DO LORETO. </t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE MELHORAR A SINALIZAÇÃO DA RUA PAPAGAIO COM PERIQUITO ESTRELA LOCALIZADA NO PARQUE DAS NAÇÕES</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA SINALIZAÇÃO HORIZONTAL NA CICLOVIA DA AVENIDA MARACANÃ, DE FORMA A INDICAR A QUILOMETRAGEM PERCORRIDA DURANTE O TRAJETO NA MESMA, JÁ QUE A CICLOVIA É UTILIZADA_x000D_
 DIARIAMENTE PELA POPULAÇÃO PARA A PRÁTICA DE EXERCÍCIOS FÍSICOS._x000D_
 </t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTATO COM O DONO DO TERRENO SITUADO NA RUA ABELHEIRO EM FRENTE AO HOTEL MIRAGE, PARA QUE_x000D_
 SEJA FEITA A ROÇAGEM DO MESMO.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A MUDANÇA DA COBERTURA DO PONTO DE CIRCULAR "ÔNIBUS URBANO" LOCALIZADO NA RUA MUTUM AÇU NO FLAMINGOS, PARA A RUA ALBATROZ REAL ENTRE O (C.M.E.I.) CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL MARIA A. FER. WEISS E O POSTO DE SAÚDE 18 HRS TAMBÉM NO FLAMINGOS ONDE HOJE É PONTO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO OS DESENTUPIMENTOS DAS BOCAS DE LOBO LOCALIZADAS À RUA PAVÃO, 1150/1153, AMBAS ESQUINA COM RUA BENTERERÊ, NO BAIRRO JARDIM PANORAMA</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE TANGE ÀS DIFICULDADES E NECESSIDADES ENFRENTADAS PELO "CIMEI ISMÊNIA ANTONIOLLI GRASSANO", COMO SEGUE: 1) &amp;#8212; FALTA DE UMA LIXEIRA EM FRENTE AO MESMO, VISTO QUE NÃO EXISTE LOCAL 110 ADEQUADO ATÉ QUE OS GARIS FAÇAM O RECOLHIMENTO DOS SACOS DE LIXOS JUNTO AOS CAMINHÕES TRANSPORTIDORES; 2)- FALTA DE RESPEITO E CONSCIENTIZAÇÃO DOS VISITANTES AO PREVER, NÃO RESPEITANDO A SINALIZAÇÃO; 3)- MANUTENÇÃO E OU SUBSTITUIÇÃO DOS BRINQUEDOS, VISTO QUE OS ATUAIS ESTÃO ANTIGOS E MAL CONSERVADOS SEM CONDIÇÕES DE USO PARA AS CRIANÇAS; 4)- VERIFICAR A POSSIBILIDADE DE PODA E OU O CORTE DE UMA ÁRVORE, EVITANDO QUE A MESMA VENHA A CAUSAR TRANSTORNOS NA COBERTURA E ENTUPIMENTO DE CALHAS OCASIONANDO VAZAMENTO DE GOTEIRAS E INUNDAÇÕES PELAS SALAS DE AULAS.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO A INSTALAÇÃO DE UM SEMÁFORO À RUA PAVÃO ESQUINA COM RUA TUCANOS, POIS, O FLUXO E MOVIMENTO DE CARROS ENTRE ESSAS RUAS A CADA DIA QUE SE PASSA TORNA-SE UM VERDADEIRO TRANSTORNO AOS MOTORISTAS QUE POR ALI CIRCULAM.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UMA NOVA TROCA DO PONTO DE ÔNIBUS LOCALIZADO NA RUA SABIÁ POCA (EM FRENTE AO NÚMERO 280). PASSE A SER NA CASA DA FRENTE NÚMERO 297.</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA MALHA ASFÁLTICA NA RUA CACATUA NO CONJUNTO COLUMBIA I, QUE DA ACESSO AO CAMPO DO TRICOLOR.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA (TAPA BURACOS) NA RUA ANÚ-COROCA COM A RUA ANDORINHA DO RIO, PARQUE INDUSTRIAL IV, NESTA CIDADE.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE REDUTORES DE VELOCIDADE, NA RUA SABIÁ-CASTANHO, NAS PROXIMIDADES DOS CONJUNTOS TEREZA BONONI E CONJUNTO HABITACIONAL PIACENZA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SINALIZAÇÕES DE TRÂNSITO NOS ENTROCAMENTOS DAS RUAS ABETARDA, ARARI, ACANTIZO E IRATAUÁ NA VILA SAMPAIO</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIA NA ILUMINAÇÃO PÚBLICA, NA RUA CANCRONA, VILA PASSOS, RUA GOBRIÃO E RUA TIRANO,VILA BRASIL, NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, NO SENTIDO DE SER REALIZADA A IMPLANTAÇÃO DE ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS), NA RUA QUETZAL" ESQUINA COM RUA SANGUE DE BOI NA VILA SAMPAIO,NESTA CIDADE, DE ACORDO COM O ART.12. DA RESOLUÇÃO,600/2016 DO CONTRAN, COM ARRIMO NO ART.94,DO CTB, UMA VEZ QUE OS MORADORES DAQUELA REGIÃO INFORMARAM,QUE ANTERIORMENTE EXISTIA UM QUEBRA-MOLAS-NESTE LOCAL E FOI RETIRADO. ADEMAIS A  PRESENTE INDICAÇÃO MOSTRA SE NECESSÁRIA,TENDO EM VISTA QUE OS CONDUTORES DE VEÍCULOS AUTOMOTORES QUE TRAFEGAM NAQUELA LOCALIDADE DESENVOLVEM VELOCIDADE EXCESSIVA, CAUSANDO SITUAÇÃO DE PERIGO AOS PEDESTRES E MORADORES DAQUELA REGIÃO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ATENDIDA A SOLICITAÇÃO DOS MORADORES DA RUA PERIQUITO DE PESCOÇO MARROM NA ALTURA DO NUMERO 156 JARDIM NOVO FLAMINGOS, ONDE HÁ ALGUMAS LÂMPADAS QUEIMADAS, PARA QUE ESTAS SEJAM TROCADAS._x000D_
 </t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A SINALIZAÇÃO NO ENTROCAMENTO DAS RUAS ANAMBÉ-DE-CAUDA-CURTA, TAPICURU, ARAPAÇU-DE-BICO-RETO E TROPEIRO LOCALIZADO NA VILA TRIÂNGULO.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER MANUTENÇÃO NOS BUEIROS DO BAIRRO JARDIM ORIENTAL UMA VEZ QUE, OS BUEIROS ESTÃO SEM_x000D_
 AS TAMPAS DE PROTEÇÃO, TOTALMENTE ABERTOS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDE A POSSIBILIDADE DE COLOCAR UM REDUTOR DE VELOCIDADE NA RUA PATATIVA-DO-BICO-AMARELO.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO ESTUDOS FUTUROS PARA A IMPLANTAÇÃO DE REDE DE ESGOTO NO JARDIM ORIENTAL.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA MELHORIAS NA ILUMINAÇÃO PÚBLICA DO JARDIM ORIENTAL, VISANDO MELHOR SEGURANÇA A FIM DE PROPORCIONAR CONFORTO SEGURANÇA E QUALIDADE DE VIDA DOS MORADORES DESTE LOCAL.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR MELHORIAS EM TODO O BAIRRO DO JARDIM ORIENTAL, VERIFICA-SE QUE MUITAS RUAS ESTÃO SEM PLACAS COM A IDENTIFICAÇÃO DOS NOMES DIFICULTANDO OS TRABALHOS DO CORREIO E OUTROS.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDAR A POSSIBILIDADE DE INSTALAÇÃO DE SEMÁFORO NO MUNICÍPIO, LOCALIZADO NA RUA TANGARÁ ESQUINA COM RUA ANAMBÉ-DE-CAUDA-CURTA.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA FAZER REPAROS NO ASFALTO DA RUA GUARÁ VERMELHO, NO JARDIM CASA GRANDE.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NO PAVIMENTO ASFÁLTICO E TAMBÉM SEJA FEITO O TAPA BURACOS NA RUA ABETARDA LOCALIZADA NA VILA PASSOS, O PAVIMENTO NESTA RUA ESTÁ DANIFICADO E COM BURACOS, CAUSANDO GRANDE TRANSTORNO AOS CIDADÃOS QUE NECESSITAM TRANSITAR POR ELA.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO ESTUDOS PARA POSSÍVEL IMPLANTAÇÃO DE UMA UBS ( POSTO DE SAÚDE ) NA VILA_x000D_
 APARECIDA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADO POSTES DE ILUMINAÇÃO PÚBLICA NA RUA SABIÁ CASTANHO DO FINAL DO PADRE BERNARDO ATÉ O PIACENZA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A RESTAURAÇÃO ASFÁLTICA JUNTAMENTE COM A REMARCAÇÃO E PINTURA, NA PISTA DE CAMINHADA, DA PRAÇA DA SAUDADE (CEMITÉRIO), NESTA CIDADE, DA DISTÂNCIA PERCORRIDA, EM METROS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A MARCAÇÃO E PINTURA, NA CALÇADA, AO REDOR DA QUADRA DA BIBLIOTECA MUNICIPAL MACHADO DE ASSIS E ANFITEATRO ODUVALDO VIANA FILHO "VIANINHA", NESTA CIDADE, DA DISTÂNCIA PERCORRIDA, EM METROS, NO PERCURSO DE CAMINHADA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM PROVIDENCIADAS AS SIGLAS DAS SECRETARIAS DE ESPORTE E EDUCAÇÃO, QUE ANTERIORMENTE ERAM UMA ÚNICA SECRETARIA. FAZ-SE NECESSÁRIO ENTÃO, A CRIAÇÃO DAS SIGLAS PARA FACILITAR A IDENTIFICAÇÃO DAS DUAS SECRETARIAS, TENDO COMO SUGESTÃO A SIGLA SEMED PARA SECRETARIA DE EDUCAÇÃO, E SEMESP PARA SECRETARIA DE ESPORTE._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA PROVIDENCIADA UMA PASSAGEM PARA PEDESTRES NO INÍCIO DA RUA TINGUAÇU, PRÓXIMO ÀS ANTIGAS INSTALAÇÕES DA BIG FRANGO, VISANDO FACILITAR A TRAVESSIA DE PEDESTRES ATÉ A RUA ROUXINOL._x000D_
 </t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADO NO PARQUE DOS PÁSSAROS UM CONTÊINER, PARA QUE SEJA COLOCADO O LIXO EM RECIPIENTE ADEQUADO E COM MAIS HIGIENE.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADO NO PARQUE DOS PÁSSAROS UM PARQUINHO INFANTIL PARA QUE AS PESSOAS QUE VÃO VISITAR O LOCAL TENHAM ESSE LAZER TAMBÉM PARA SEUS FILHOS.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ATENDIDA A SOLICITAÇÃO DOS MORADORES E SEJA FEITA A ROÇAGEM NO. TERRENO DE ESQUINA ENTRE AS RUAS FRUTEIRA COM MARRECO-CA-CA ._x000D_
 </t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA A ROÇAGEM E LIMPEZA NO TERRENO ONDE SE ENCONTRA O SALÃO COMUNITÁRIO NA RUA PAPA FORMIGA DE CRISTA COM A PICA-PAU-LOIRO, CONJUNTO ÁGUIAS._x000D_
 </t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR OPERAÇÃO DE RECUPERAÇÃO ASFÁLTICA (TAPA-BURACOS) NA RUA JAPIM, NO JARDIM BANDEIRANTES, NESTA CIDADE.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>REALIZAR MAPEAMENTO E A VERIFICAÇÃO DA CONDIÇÃO DA MALHA ASFÁLTICA DAS CICLOVIAS LOCALIZADAS ÀS MARGENS DA RUA ROUXINOL DA BR-369, DA RUA GUARATINGA, DA AVENIDA MARACANÁ, TODAS NESTA CIDADE, BEM COMO SEJA REALIZADA A RESTAURAÇÃO DA PAVIMENTAÇÃO DE ALUDIDAS CICLOVIAS QUE NECESSITEM RECUPERAÇÃO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO RESTAURANTE POPULAR EM ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR NA ÍNTEGRA A REVITALIZAÇÃO DAS SINALIZAÇÕES DE TRÂNSITO NA AVENIDA SIRIEMA, VILA ARAPONGUINHA, NESTA CIDADE, NOTADAMENTE COM A REALIZAÇÃO DE NOVAS PINTURAS SINALIZADORAS, IMPLANTANDO-SE E SUBSTITUINDO-SE AS PLACAS COM VISIBILIDADE PREJUDICADAS, EM ESPECIAL SEJAM REVITALIZADAS (PINTADAS) AS FAIXAS DE PEDESTRES DAQUELA VIA PÚBLICA, BEM COMO SEJA REALIZADA A DEMARCAÇÃO E PINTURA NO SOLO DOS LOCAIS DESTINADOS AO ESTACIONAMENTO DE VEÍCULOS AUTOMOTORES.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DAS ÁREAS DE DOMÍNIO DO PODER PÚBLICO, NOTADAMENTE NAS CALÇADAS DESTINADAS AOS PEDESTRES DOS BAIRROS VILA ARAPONGUINHA E VILA SAMPAIO, DESTA CIDADE.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A REFORMA GERAL DOS REDUTORES DE VELOCIDADE DA NOSSA CIDADE COMO TAMBÉM A PINTURA DOS MESMOS E TAMBÉM DAS FAIXAS DE PEDESTRES.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DADO CONTINUIDADE A MALHA ASFÁLTICA NA RUA PERDIZES EM UM TRECHO QUE CONTORNA O FUNDO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE A POSSIBILIDADE DE COLOCAR DOIS REDUTORES DE VELOCIDADE, UM NA ALTURA DO NÚMERO 224 E, TAMBÉM NA ALTURA DO NÚMERO 130 DEVIDO AO CENTRO EDUCACIONAL INFANTIL CARROSSEL,COMO TAMBÉM A PINTURA DE UMA FAIXA DE PEDESTRE EM FRENTE AO CENTRO EDUCACIONAL AQUI CITADO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ATIVIDADE FÍSICA COM INSTRUTOR, E QUE SE REALIZE REGULARMENTE NA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL JOARIB GRILLO CORDEIRO EM PERÍODOS DE CONTRA TURNO PARA A POPULAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAÇÃO DE UM PROFESSOR DE DANÇA PARA O CCI (CENTRO DE CONVIVÊNCIA DO IDOSO), DO CONJUNTO PETRÓPOLIS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>REATIVAÇÃO DA PISCINA DE HIDROGINÁSTICA LOCALIZADA NO CCI - CENTRO DE CONVIVÊNCIA DO IDOSO, DO CONJUNTO PETRÓPOLIS, UMA VEZ QUE A ATIVIDADE NÃO TEM SIDO REALIZADA POR FALHAS NA ESTRUTURA DA PISCINA.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UM QUEBRA MOLA NA RUA GALO DE CAMPINA.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADA UMA ACADEMIA DA TERCEIRA IDADE NA PRAÇA MAUÁ.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A RECONSTRUÇÃO E SINALIZAÇÃO DO QUEBRA-MOLAS NA RUA ROUXINOL EM FRENTE AO Nº 2313 NA VILA SIMONE.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A RECONSTRUÇÃO E SINALIZAÇÃO DO QUEBRA-MOLAS NA RUA COLHEREIRO EM FRENTE AO N°214 NA VILA APARECIDA.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTALADO UM QUEBRA-MOLAS NA RUA GAVIÃO DO BREJO NA ALTURA DO NI° 26 NO JARDIM PETROPÁLIS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO DE SINALIZAÇÃO DE TRÂNSITO "CARGA E DESCARGA", NA AVENIDA SIRIEMA, NESTA CIDADE, EM ÁREA COMERCIAL PRÓXIMO AO NÚMERO 269.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS), NA RUA SURUCUÁ-AÇU, ESQUINA COM RUA CEGONHA, VILA ARAPONGUINHA, NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR NA ÍNTEGRA A REVITALIZAÇÃO E COLOCAÇÃO DE PLACAS SINALIZADORAS DE NOMES DE RUAS E BAIRROS DA CIDADE DE ARAPONGAS,</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO TAPA BURACOS NA RUA TAPERAÇU-CINZA NO JARDIM INTERLAGOS.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO SE POSSÍVEL UMA TRAVESSIA ELEVADA NA RUA TAPERAÇU-CINZA EM FRENTE AO NÚMERO 891 NO JARDIM INTERLAGOS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO ESTUDOS PARA UMA POSSÍVEL ABERTURA DE UM CCI (CENTRO DE CONVIVÊNCIA DO IDOSO) NA REGIÃO DO CONJUNTO FLAMINGOS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>UE SEJA INSTALADO EM FRENTE AO CENTRO EDUCACIONAL INFANTIL TIA NENA UM CONTÊINER, PARA QUE SEJA COLOCADO O LIXO QUE É DEPOSITADO NAQUELE LOCAL POIS O LIXO SE ACUMULA E PRECISA DE UM RECIPIENTE ADEQUADO PARA SUA COLOCAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAR ESTUDO E DESENVOLVA UM SISTEMA DE AGENDAMENTO DE CONSULTA NA UBS ( UNIDADE BÁSICA DE SAÚDE) QUE PREZE COM AGILIDADE E HUMANIDADE._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE SUPER POSTE NA ROTATÓRIA DA SAÍDA DO CONJUNTO TROPICAL._x000D_
 </t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>QUE SEJA FEITO NA ATI DO CONJUNTO MONTE CARLO O CONTRA PISO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>PODA DOS GALHOS DE UMA ÁRVORE, NA RUA GUARÁ-VERMELHO, JARDIM CASA GRANDE, NESTA CIDADE, EM FRENTE AO NÚMERO 324,NESTA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE DUAS VAGAS ESPECIAIS DE ESTACIONAMENTO "PARADA RÁPIDA" PARA EMBARQUE E DESEMBARQUE DE PACIENTES EM URGÊNCIA E EMERGÊNCIA, NA ENTRADA DO PRONTO SOCORRO DA SANTA CASA DE ARAPONGAS, NA RUA MACUCOS, EM FRENTE AO NUMERO 90, NESTA CIDADE._x000D_
 </t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR QUEBRA-MOLAS NA RUA PATATIVA CHORONA CONJUNTO SAN RAFAEL 5 .</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ESTUDE E VIABILIZE SINALIZAÇÃO DE TRÂNSITO ORIENTADORA NO CRUZAMENTO DA AVENIDA SANHAÇO REI COM A RUA DOURADINHO CRISTADO.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE COLOQUE UMA LOMBADA, NA RUA GARRINCHA DO MATO GROSSO COM GAVIÃO PRETO, E NA RUA GARRINCHA DO MATO GROSSO COM POMBA BRANCA , AMBAS NO CONJUNTO VALE DAS PEROBAS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE COM APARELHOS ADAPTADOS PARA PESSOAS COM DEFICIÊNCIA NA PRAÇA DA SAUDADE. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR PREFEITO, SEJA REALIZADO O RECAPE ASFÁLTICO (TAPA BURACOS), NA RUA IRERÊ, CONJ. PANORAMA. </t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR PREFEITO, REALIZE A IMPLANTAÇÃO DE ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS), NA RUA QUETZAL, ESQUINA COMA AV. SIRIEMA, VILA ARAPONGUINHAS. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, REALIZE A LIMPEZA NO ESPAÇO DE ATI (ACADEMIA DE TERCEIRA IDADE) LOCALIZADA EM FRENTE AO PARQUE DAS NAÇÕES, RUA PAPAGAIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR PREFEITO, REALIZA A IMPLANTAÇÃO DE MURETA DE PROTEÇÃO NO PARQUINHO INFANTIL LOCALIZADO EM FRENTE A ENTRADA DO PARQUE DAS NAÇÕES, RUA PAPAGAIO ESQUINA COM A RUA SUINDARA, JD. SÃO CRISTOVÃO.  </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, DISPONIBILIZE UM VIGIA NOTURNO PARA A UBS - UNIDADE BÁSICA DE SAÚDE DA VILA ARAPONGUINHAS.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>FORNECIMENTO DE COMPUTADOR E IMPRESSORA A (UBS) UNIDADE BASICA DE SAÚDE DA VILA ARAPONGUINHA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, MELHORIA NA SINALIZAÇÃO NAS ENTRADAS DO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR PREFEITO, INSTALAÇÃO DE UM PONTO DE ÔNIBUS COBERTO NA RUA BATIQUIRA VILA BERNARDES. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, REFORMA DA QUADRA ESPORTIVA DA ESCOLA MUNICIPAL ANTONIO GRASSANO JUNIOR.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, MELHORIAS NA QUADRA ESPORTIVA DO CONJ. PE. CHICO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, REALIZA A SUBSTITUIÇÃO DA TAMPA DA BOCA DE LOBO NA RUA PELICANO ESQUINA COM BENTERERE JARDIM PANORAMA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR PREFEITO, IDENTIFICAR E NOTIFICAR PROPRIETÁRIO DO TERRENO NA RUA PELICANO ESQUINA COM BENTERERE, PARA QUE REALIZE A LIMPEZA. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, REALIZAR O SERVIÇO DE DESINTOPIMENTO DOS BUEIROS DA RUA BIGODINHO CONJUNTO DEL CONDOR.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, IMPLANTAÇÃO DE VAGAS PARA ESTACIONAMENTO PARA IDOSOS E DEFICIENTES ENFRENTE AO PRONTO SOCORRO DA SANTA CASA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, INSERIR MONITORES NOS ÔNIBUS ESCOLARES DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, QUE SEJA TOMADA AS DEVIDAS PROVIDENCIAS COM AS ANTIGAS INSTALAÇÕES DO SINDICATO DOS ENSACADORES.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR PREFEITO, IMPLANTAÇÃO DE ACADEMIA ADAPTADA PARA DEFICIENTES FÍSCOS AO AR LIVRE NAS DEPENDÊNCIAS DO CENTRO SOCIAL URBANO  </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, INCLUIR O TRATAMENTO E AURICULOTERAPIA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SENHOR PREFEITO, TAPA BURACO NA RUA CORUJÃO DE TOPETE. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>SENHOR PREFEITO, REPAROS E MANUTENÇÃO NAS RUAS DO CAMPINHO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>MUTIRÃO DE ATENDIMENTO OFTALMOLÓGICO NOS ESTABELECIMENTOS DE ENSINO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE SEMAFARO NA RUA ROUXINOL ENTRONCAMENTO COMA AV. ARAPONGAS </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE TRANSITO NOS JARDINS COLUMBIAS 1, 2, 3, 4.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEMAFARO NA RUA ROUXINOL ESQUINA COM RUA BONITO DO CAMPO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDOS PARA INSTALAÇÃO DE MAIS BUEIROS NA RUA ROUXINOL NAS PROXIMIDADES DA RUA SABIÁ CASTANHO SENTIDO CENTRO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESENTUPIMENTO DE BUEIROS NA RUA ALCATRAZ.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA DRONGO PRÓXIMO AO Nº 1894</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DA AV. SIRIEMA</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MELHORIAS NA INFRAESTRUTURA DAS MANILHAS DO RIBEIRÃO BANDEIRANTES PARA MELHOR ESCOAMENTO DAS ÁGUAS. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REDUTOR DE VELOCIDADE NA RUA GRAÇA DA MATA NAS PROXIMIDADE DO Nº. 119 JD. NSª. DO LORETO </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA ALBATROZ Nº 132</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDOS PARA INSTALAÇÃO DE SEMAFARO NA ROTATÓRIA DA RUA ROUXINOL COM RUA FLAMINGOS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE BUEIROS NA RUA TINGUAÇU ESQUINA COM RUA QUETZAL</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>EDUTOR DE VELOCIDADE NA RUA ABETARDA ESQUINA COM COCROMA</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RECUPERAÇÃO ASFÁLTICA NA RUA MATEIRO JD. SANTO ANTONIO </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA ALBATROZ REAL ESQUINA COM A RUA TIÊ CASTANHO.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR O SERVIÇO DE DESENTUPIMENTO E LIMPEZA DO BUEIRO LOCALIZADO NA RUA JANDAIA VERDADEIRA, ESQUINA COM RUA ALMA DE GATO, CONJUNTO ARAUCÁRIA, DESTA CIDADE.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITO SINALIZAÇÃO DE TRÂNSITO NA ROTATÓRIA PRÓXIMO A IGREJA SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITO SINALIZAÇÃO DE TRÂNSITO NA ROTATÓRIA NO FINAL DA AVENIDA PRÓXIMO A PRAÇA DA SAUDADE.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITO O RECAPEAMENTO DA RUA TECELÃO NA VILA CASCATA EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FEITO O RECAPEAMENTO EM TODA A EXTENSÃO DA RUA AMANACI A RUA SE ENCONTRA COM MUITOS BURACOS_x000D_
 DIFICULTANDO O TRAFEGO DOS MORADORES._x000D_
 </t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FEITO O TAPA BURACOS NO TRECHO QUE SERIA DE FRENTE AO PERDIGÃO ATÉ A AVENIDA TANGARÁ._x000D_
 </t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR UM PROFISSIONAL DE NUTRIÇÃO(NUTRICIONISTA) PARA QUE PRESTE ATENDIMENTO MENSAL NAS INSTITUIÇÕES DE LONGA PERMANÊNCIA PARA IDOSOS-1191.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA FEITA NA ESCOLA MUNICIPAL ARICANDUVA À COBERTURA QUE DA ACESSO DO COLÉGIO NA QUADRA POLIESPORTIVA E TAMBÉM A RESTAURAÇÃO DA PINTURA DA QUADRA POLIESPORTIVA.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITA UMA COBERTURA NA U.B.S (UNIDADE BÁSICA DE SAÚDE) DE ARICANDUVA.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA NOTIFICADA A EMPRESA 01 RESPONSÁVEL PELO PRÉDIO DA TELEPAR DE FRENTE AO CORREIO NA AVENIDA ARAPONGAS N 871 AREA CENTRAL DA CIDADE PARA QUE SEJA REALIZADO LIMPEZA POIS O MESMO APARENTA SER UM PRÉDIO ABANDONADO._x000D_
 </t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA FEITA MELHORIAS NO PÁTIO DA ASSOCIAÇÃO DOS CORRETORES DE VEÍCULOS (PEDRA) LOCALIZADA NA RUA ROUXINOL.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA FEITO TAPA BURACOS NA RUA CARDEAL ENTRE A VILA APARECIDA E JARDIM COLUMBIA E TAMBÉM QUE SEJA INSTALADO UM QUEBRA-MOLAS EM FRENTE AO NÚMERO 22 NO JARDIM COLUMBIA.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA IMPLANTADO UM CAMPO DE FUTEBOL NA ZONA SUL NA REGIÃO DO CONJUNTO PALMARES.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA INSTALADO UMA ACADEMIA DA TERCEIRA IDADE NO CONJUNTO PADRE BERNARDO.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA FEITO TAPA BURACOS NA RUA SANA VERMELHA NO JARDIM COLUMBIA 4</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA FEITO A FAIXA DE PEDESTRE NA RUA ROUXINOL EM FRENTE O MOLICENTER NA ZONA SUL.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO ANTIGO CAMPO ALVORADA PARA DEVIDO HOMENAGEM EM MEMÓRIA DE SEBASTIÃO DERLI CHAVIER FUNDADOR DO MESMO.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA FEITA MELHORIAS NA RUA TAPUIAS LOCALIZADA NO DISTRITO DE ARICANDUVA. _x000D_
 </t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA REALIZADO NA COMUNIDADE ARICANDUVA UMA OPERAÇÃO TAPA BURACOS NAS RUAS CAIAPÓ, AIMORÉ,GUARANI,INCAS, TAPUIAS ,ALAMEDA UIRAPURU VERMELHO.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ELABORE UM PROJETO DE IMPLANTES DENTÁRIOS PELO SUS ATRAVÉS DO CENTRO DE ESPECIALIDADES ODONTOLÓGICAS (CEO), E (CISVIR) CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO VALE DO IVAÍ._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>Marcio Nicke</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITA A REVITALIZAÇÃO DAS LIXEIRAS DO MUNICÍPIO, BEM COMO A INSTALAÇÃO DE NOVAS LIXEIRAS EM LOCAIS QUE NECESSITAM DA MESMA E TAMBÉM PROVIDENCIAR UM ESTUDO PARA QUE SEJA INSTALADO CONTÊINER PARA LIXOS RECICLÁVEIS EM LOCAIS ESTRATÉGICOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITO A IMPLEMENTAÇÃO DO PROJETO DE EDUCAÇÃO TECNOLÓGICA, DENOMINADO AMBIENTE DE ROBÓTICA PEDAGÓGICA, COMTEMPLANDO OS ALUNOS DO ENSINO FUNDAMENTAL DO 2° AO 5° ANO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A REVITALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NAS PROXIMIDADES DO FÓRUM ELEITORAL, SITUADO NA RUA TICO TICO, 1001.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO UM ESTUDO VISANDO A REVITALIZAÇÃO DA QUADRA POLIESPORTIVA DO JARDIM BANDEIRANTES, LOCALIZADA NA RUA JURUTAU, AO LADO DA IGREJA.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A SEGURANÇA PATRIMONIAL NA UNIDADE DE PRONTO ATENDIMENTO 24 HORAS (UPA).</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NO FUNDO DO VALE DO CONJUNTO PADRE CHICO.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR MELHORIAS NA SINALIZAÇÃO DO TRÂNSITO EM TODO O BAIRRO DO JARDIM CASA GRANDE I E JARDIM CASA GRANDE II ONDE OS LOCAIS SE ENCONTRAM SEM SINALIZAÇÃO.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITA A LIMPEZA DE BUEIROS NAS RUAS SANHAÇO FRADE, ARATINGA ESTRELA COM SABIÁ POCA, ARAÇARI MULATO EM FRENTE A RESIDÊNCIA NÚMERO 126 E 176, RUA CORRUÍRA DO BREJO EM FRENTE A RESIDÊNCIA_x000D_
 NÚMERO 131.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>FEITA SINALIZAÇÃO VIÁRIA, NAS RESPECTIVAS VIAS, ENTRE CAMBAXIRRA COM CANELEIRINHO, CAMBAXIRRA COM SURUCU-AÇU, CANELEIRINHO COM QUETZAL.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A SUBSTITUIÇÃO DA SINALIZAÇÃO DE TRÂNSITO, NOTADAMENTE DA PLACA SINALIZADORA DE "PREFERÊNCIA", LOCALIZADA NA RUA GAVIÃO CINZENTO, PARA A RUA ALBATROZ REAL, NA ALTURA DO CRUZAMENTO DAS MESMAS, NO CONJUNTO SAN RAPHAEL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>IDENTIFICAR E_x000D_
 NOTIFICAR O PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA IRATAUÁ ESQUINA COM AVENIDA SIRIEMA, NA VILA ARAPONGUINHA, NESTA CIDADE, PARA QUE ESTE REALIZE A CONSTRUÇÃO DE UM MURO (SUBSTITUINDO AS MADEIRAS UTILIZADAS PARA CERCAREM A PROPRIEDADE). BEM COMO PROVIDENCIE O CALÇAMENTO NAS VIAS DE PASSEIO EM FRENTE AO IMÓVEL</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A COLOCAÇÃO DE UMA TRAVESSIA ELEVADA EM FRENTE AO UPA.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A REALIZAÇÃO DE UM TORNEIO ESCOLAR DE FUTEBOL NO ESTÁDIO MUNICIPAL JOSÉ LUIS CHIAPIN.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM FUNCIONÁRIO QUE FAZ ATENDIMENTO NO ESPAÇO CIDADÃO PARA SE DESLOCAR ATÉ OS BAIRROS QUE FUNCIONAM OS CRAS PARA PRESTAR ATENDIMENTO UMA VEZ POR SEMANA A FIM DE OFERECER OS MESMOS SERVIÇOS, BENEFICIANDO ASSIM A POPULAÇÃO DOS BAIRROS QUE TEM DIFICULDADE DE SE DESLOCAR PARA O CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A IMPLANTAÇÃO DE ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS), NA RUA FLAMINGOS, PRÓXIMO AO NÚMERO 1.669, NO CENTRO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A IMPLANTAÇÃO DE SINALIZAÇÃO DE TRÂNSITO, NOTADAMENTE A PINTURA DE "FAIXA DE PEDESTRE", NA RUA ROUXINOL, NESTA CIDADE, NA ALTURA DO NÚMERO 44.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR A AVALIAÇÃO DE VITALIDADE E A PODA DAS ÁRVORES, LOCALIZADAS NAS RUAS VULTURINA E AVENIDA SIRIEMA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR ESTUDOS TÉCNICOS PARA SOLUCÃO DO PROBLEMA DE ALAGAMENTO QUE OCORRE EM DIAS DE CHUVA NA ESCADA QUE DESCE DO TERMINAL RODOVIÁRIO E DÁ ACESSO Á RUA ROUXINOL DESTA CIDADE, (NA ALTURA DO SUPERMERCADO VERONA.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATENDER A SOLICITAÇÃO DE MORADORES, NO SENTIDO DE QUE SEJA FEITO RECAPEAMENTO ASFALTICO (TAPA BURACOS) NA RUA CURRUÍRA PRÓXIMO AO NUMERO 481, E TAMBÉM NA RUA SARACURA PRÓXIMO AO NUMERO 29, JARDIM SÃO CRISTÓVÃO DESSA CIDADE.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA FEITA A PODA DE ÁRVORES E A TROCA DE LÂMPADAS NA REGIÃO DO FLAMINGOS EM ESPECIAL NO FLAMINGOS III</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SINALIZASAO DE FAIXA DE PEDESTRES E ESTACIONAMENTO NA RUA MIOLINHO  E RUA BICO DE VELUDO, NO JARDIM SÃO CRISTOVÃO._x000D_
 </t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIBERE AS VACINAS CONTRA INFLUENZA (GRIPE) QUE ESTÃO SOBRANDO APÓS A CAMPANHA PARA DEMAIS POPULAÇÃO.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A ORGANIZAÇÃO DE UMA COLÔNIA DE FÉRIAS DURANTE O PERÍODO DE RECESSO ESCOLAR, A FIM DE PROPORCIONAR AOS ALUNOS UM AMBIENTE SEGURO E COM DIFERENTES ATIVIDADES, DE FORMA A EVITAR QUE OS MESMOS BUSQUEM LOCAIS VULNERÁVEIS PARA OCUPAR ESSE PERÍODO OCIOSO.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA FEIRA DO PRODUTOR QUE ACONTECE TODAS AS TERÇAS-FEIRAS AO LADO DA ESCOLA ALZIRA_x000D_
 HORVATICH.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR UM ESTUDO TÉCNICO PARA A IMPLANTAÇÃO DE DUAS ONDULAÇÕES TRANSVERSAIS (QUEBRA-MOLAS), NA RUA CALAU, NO JARDIM COLUMBIA IV, NESTA CIDADE.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA IMPLANTADO ENTRE OS CONJUNTOS SAN RAFAEL 5 E SAN RAFAEL 6 UMA (ATI) ACADEMIA DA TERCEIRA.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA PROVIDENCIADA A RESTAURAÇÃO DOS BRINQUEDOS DO PARQUE INFANTIL DA PRAÇA DA SAUDADE (CEMITÉRIO MUNICIPAL DE ARAPONGAS).</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE PARA QUE SEJA FEITA MELHORIAS NA ILUMINAÇÃO DO TERMINAL RODOVIÁRIO URBANO, OS USUÁRIOS ESTÃO _x000D_
 PREOCUPADOS COM A ILUMINAÇÃO PRECÁRIA DO LOCAL CAUSANDO MEDO NOS MESMOS DE ESPERAR O TRANSPORTE PÚBLICO A NOITE.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO QUE SEJA FEITO UM ESTUDO PARA QUE SE SEJA INSTALADA UMA PARADA RÁPIDA DE VEÍCULOS NA RUA CONDOR EM FRENTE AO N°1281 POIS NESSA RUA FUNCIONAM VÁRIOS ESTABELECIMENTOS COMERCIAIS E SÓ POSSUI ESTACIONAMENTO PARA MOTOS, OS COMERCIANTES ESTÃO SENDO PREJUDICADOS EM SUAS VENDAS POR FALTA DESSE BENEFICIO.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, NO SENTIDO DE QUE SEJA PROVIDENCIADA A ILUMINAÇÃO NO VIADUTO QUE FAZ A LIGAÇÃO DAS MARGINAIS NA PRAGA DE PEDÁGIO DE ARAPONGAS, TENDO EM VISTA QUE NÃO HA ILUMINAÇÃO NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SR. PREFEITO ENTRE EM ATENDIMENTO COM A SECRETARIA COMPETENTE PARA FAZER ESTUDOS E PLANEJAMENTOS E A VIABILIZAÇÃO DE PAVIMENTAÇÃO DAS SETE (7) RUAS NO DISTRITO DO CAMPINHO PERTENCENTE A ESSE MUNICÍPIO, TENDO EM MÃOS AS INÚMERAS RECLAMAÇÕES DE MORADORES POR VÁRIOS ANOS, QUE CLAMAM E SONHAM COM ESSE SERVIÇO REALIZADO.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, NO SENTIDO DE QUE SEJA FEITA UMA COBERTURA NA PRAGA PIO XII LOCALIZADA NA AVENIDA ARAPONGAS AO LADO DO MUSEU DE ARTE E HISTÓRIA DE ARAPONGAS, NA ÁREA ONDE ACONTECE OS ENCONTROS DOS IDOSOS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, NO SENTIDO SER REALIZADO ESTUDO TÉCNICO NO SENTIDO DE VIABILIZAR A IMPLANTAÇÃO DE ONDULAÇÃO TRANSVERSAL (QUEBRA-MOLAS), NA RUA PAPAGAIO</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA-SE AO SENHOR PREFEITO MUNICIPAL SEJA REALIZADA A ADEQUAÇÃO NA CAPTAÇÃO DE ÁGUAS PLUVIAIS, COM A IMPLANTAÇÃO DE CAIXAS DE RETENÇÃO AS MARGENS DA ESTRADA VICINAL DENOMINADA </t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, NO SENTIDO SER REALIZADA A IMPLANTAÇÃO DE UMA A.T.I. (ACADEMIA DA TERCEIRA IDADE), JUNTAMENTE COM UM PARQUE INFANTIL, NO BAIRRO ALTO DA BOA VISTA, NESTA CIDADE, NA PRAÇA LOCALIZADA PRÓXIMO AO POSTO DE SAÚDE DAQUELA REGIÃO.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, PARA QUE SEJA FEITA CONTINUAÇÃO DA RUA PATO DE CRISTA ENTRE AS RUAS CABURÉ CANELA E BEIJA FLOR MARROM.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE PARA QUE SEJA IMPLANTADO UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS) NA RUA ATINGAÚ, PREFERENCIALMENTE EM FRENTE À CASA DE NÚMERO 26 (VINTE E SEIS), LOCALIZADA NO JARDIM CARAVELLE.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE PARA QUE SEJA IMPLANTADO UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS), NA RUA PICAPAUZINHO DOURADO COM BEIJA FLOR EM FRENTE À IGREJA NOSSA SENHORA DE FÁTIMA, LOCALIZADA NO CONJUNTO CORINA PUGLIESE.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETARIA DE SAÚDE, PARA QUE ENTRE EM ACORDO ATRAVÉS DE CONVÊNIO COM A 16ª REGIONAL DE SAÚDE E UNOPAR (UNIVERSIDADE NORTE DO PARANÁ), PARA QUE SE ESTABELEÇA A FARMÁCIA DE MEDICAMENTOS ESPECIAIS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO PARA QUE SEJA INSTALADOS APARELHOS DE GINÁSTICA (ACADEMIA AO AR LIVRE) E UM PARQUE INFANTIL, NO CONJUNTO ARAUCÁRIA.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO QUE SEJA INSTALADO UM BANHEIRO QUÍMICO NA FEIRA DO PRODUTOR QUE ACONTECE TODAS AS QUINTAS-FEIRAS À NOITE NO CONJUNTO FLAMINGOS. A POPULAÇÃO QUE SE DESLOCA ATÉ A FEIRA PARA FAZER SUAS COMPRAS NÃO TEM ACESSO A BANHEIRO NO LOCAL.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A REFORMA GERAL DOS REDUTORES DE VELOCIDADE DA AVENIDA TANGARÁ COMO TAMBÉM A PINTURA DOS MESMOS E TAMBÉM DAS FAIXAS DE PEDESTRES QUE SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO ATRAPALHANDO OS MOTORISTAS E OS PEDESTRES QUE UTILIZAM O TRÂNSITO MUITAS VEZES CAUSANDO ACIDENTES E QUEBRANDO OS CARROS AUMENTANDO A MANUTENÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO QUE SEJA INSTALADO NO CEMITÉRIO MUNICIPAL PONTOS DE ENERGIA AO LONGO DO MESMO PARA QUE OS PEDREIROS POSSAM UTILIZAR ESSES PONTOS COM MAIS FACILIDADE DE TRABALHO PERTO DOS JAZIGOS ONDE ESTÃO SENDO CONSTRUIDOS OU REFORMADOS. ESSES PONTOS DE ENERGIA SÃO MÍNIMOS DIFICULTANDO MUITO O TRABALHO DOS PEDREIROS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A REVITALIZAÇÃO TOTAL DO PARQUE INFANTIL NA RUA ALBATROZ, ESQUINA COM A RUA FRANCELHO, NAS PROXIMIDADES DA PARÓQUIA SAO VICENTE PALLOTTI, VILA NOVA, UM ESPAÇO QUE MARCOU A INFÂNCIA DE MUITAS PESSOAS DAQUELA REGIÃO E ATUALMENTE ENCONTRA-SE DANIFICADO E SEM OS BRINQUEDOS NECESSÁRIOS, DEVIDO A AUSÊNCIA DE MANUTENÇÃO AO LONGO DOS ANOS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO A REFORMA DA PONTE DA ÁGUA DA ILHA LOCALIZADA NO KM 10.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>COM O OBJETIVO DE QUE SEJA FEITO UM QUEBRA MOLA NA RUA TANGARAZINHO PRÓXIMO A IGREJA SÃO_x000D_
 PEDRO LOCALIZADA NO JARDIM DO SOL.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO UM ESTUDO PARA IMPLANTAÇÃO DO SISTEMA DE ILUMINAÇÃO PÚBLICA REBAIXADA NO CONJUNTO CENTAURO, OU SEJA, A INSTALAÇÃO DE LÂMPADAS ABAIXO DAS COPAS DAS ÁRVORES, A FIM DE INTENSIFICAR A ILUMINAÇÃO E GARANTIR A SEGURANÇA NO BAIRRO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA TANGARÁ, PRÓXIMO A EMPRESA MOLUFAN E A COOPERATIVA, A PEDIDO DOS EMPRESÁRIOS E FUNCIONÁRIOS DAS EMPRESAS DAS IMEDIAÇÕES.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO UM REDUTOR DE VELOCIDADE NA RUA GARÇA BRANCA PRÓXIMO AO CRUZAMENTO COM A RUA GATURAMO REI.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE IMPLANTE A PARADA RÁPIDA OU 15 MINUTOS NA RUA AVENIDA GATURAMO NÚMERO 1285 (EM FRENTE À FARMÁCIA BOM JESUS) TRATA-SE DE UMA RUA COM ALTO NÚMERO DE COMERCIANTES. AONDE SE ENCONTRA UMA DIFICULDADE PARA ESTACIONAR VEÍCULOS PARA REALIZAR SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A SEGURANÇA, E QUE DISPONIBILIZE RONDA COM A GUARDA MUNICIPAL NO JARDIM PLANALTO CONSTANTEMENTE, UMA VEZ QUE OS MORADORES RELATAM O USO DE DROGAS, EM VIAS_x000D_
 PÚBLICAS.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>COM A FINALIDADE DE CONTRATAR MÉDICO PEDIATRA, AO DISTRITO DE ARICANDUVA, A POPULAÇÃO QUE ALI RESIDE, SENTE A NECESSIDADE DE UM MÉDICO PARA ATENDER AS CRIANÇAS, QUE MUITAS VEZES TEM QUE SE DESLOCAR PARA UMA UBS (UNIDADE BÁSICA DE SÁUDE) DISTANTE PARA TER UM ATENDIMENTO COM O MÉDICO PEDIATRA.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A REVITALIZAÇÃO DAS FAIXAS DE PEDESTRE DAS RUA ROUXINOL COM A RUA MERGUHÃO</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O RECAPEAMENTO DO ASFALTO DA RUA FRUXU SERRANO E DA RUA MACUQUINHO SERRANO NO CONJUNTO ALTO DA BOA VISTA. E DA RUA SABIÁ CASTANHO ATÉ PROXIMO O CONJUNTO TEREZA BONONI. NO CONJUNTO PADRE BERNARDO.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO A ILUMINAGÃO DA ACADEMIA DA TERCEIRA IDADE DO CONJUNTO ULISSES GUIMARÃES</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A_x000D_
 RECUPERAÇÃO DA MALHA VIÁRIA DAS RUA. QUETI NO CONJUNTO BUSSADORI E NA_x000D_
 RUA MARREQUITA DO BREJO .E RUA PICA PAU DO CAMPO E NA RUA MARRECA DE_x000D_
 COLEIRA NO JARDIM SÃO BENTO.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA NOTIFICADO O DONO DA RESIDÊNCIA SITUADA NA RUA MARABU NUMERO 623 CENTRO DESSA CIDADE PARA QUE SEJAM TOMADAS AS PROVIDENCIAS A RESPEITO DA LIMPEZA DA MESMA.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE INSTALADO UM REDUTOR DE VELOCIDADE NA RUA PIÁ COBRA,PRÓXIMO AO NÚMERO 149, NO JARDIM DONA PINA.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA SINALIZAÇÃO DE PARADA RÁPIDA, NA_x000D_
 RUA CONDOR, ENTRE A AVENIDA ARAPONGAS E A RUA FLAMINGOS, DANDO PRIORIDADE_x000D_
 PROXIMIDADE COM A AVENIDA ARAPONGAS, TENDO EM VISTA O MAIOR NÚMERO DE_x000D_
 COMÉRCIOS BEM COMO CIRCULAÇÃO DE VEÍCULOS E PESSOAS.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITA UM ESTUDO DE TRÂNSITO NA QUADRA DO_x000D_
 HOSPITAL SANTA RITA, PARA DEFINIR QUAL OU QUAIS FERRAMENTAS DEVERÃO SER_x000D_
 UTILIZADAS PARA COIBIR O EXCESSO DE VELOCIDADE PRATICADO POR CONDUTORES DE_x000D_
 VEÍCULOS QUE TRAFEGAM PRINCIPALMENTE PELA RUA FLAMINGOS SENTIDO AVENIDA_x000D_
 GATURAMO E AVENIDA ARAPONGAS, POIS ALÉM DE UM HOSPITAL, EXISTE TAMBÉM NAS_x000D_
 PROXIMIDADES ESCOLA E PONTO DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE BUEIRO RUA APTERIX COM TAPERAÇU</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE BUEIRO RUA QUETZAL COM APTERIX</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">EXMO PRESIDENTE_x000D_
 O VEREADOR SUBSCRITOR DA PRESENTE, NA FORMA FACULTADA NO REGIME INTERNO, ART. 114, _x000D_
 TEM A HONRA DE PROPOR A SEGUINTE INDICAÇÃO AO PODER EXECUTIVO: _x000D_
  QUE O SENHOR PREFEITO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, _x000D_
 PARA QUE POSSA ESTAR IMPLANTANDO QUEBRA-MOLAS NA GUARATINGA EM FRENTE  AO _x000D_
  NUMERO 1045 NO PARQUE  INDUSTRIAL 2  NAS PROXIMIDADES DA EMPRESA ORTOBOM ._x000D_
 </t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A SINALIZAÇÃO HORIZONTAL PARA VAGAS DE ESTACIONAMENTO NAS VIAS DO CONJUNTO CENTAURO, DE MODO A DELIMITAR O ESPAÇO POR VAGA.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICIPIO ENTRE EM ENTENDIMENTO COM A SECRETÁRIA COMPETENTE PARA QUE VIABILIZE O APARELHO LENSÔMETRO PARA LEITURA DE GRAU NO CENTRO DE SAÚDE JAIME DE LIMA, O MÉDICO OFTALMOLOGISTA NECESSITA DESTE APARELHO PARA QUE SEJA FEITA UMA CONSULTA EFICAZ DO PACIENTE A SER ATENDIDO.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA MALHA ASFÁLTICA NO CRUZAMENTO DAS RUAS SANHAÇO FRADE E ARAPAÇU BICUDO NO JARDIM BELA VISTA, A VIA ESTA NECESSITANDO DE REPARO URGENTE NESSE CRUZAMENTO.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PREFEITO DO MUNICÍPIO ENTRE EM ENTENDIMENTO COM A SECRETÁRIA COMPETENTE, PARA QUE IMPLANTE A PARADA DE AMBULÂNCIA NA RUA HARPIA, EM FRENTE AO NUMERO 508,TRATA- SE DE UMA RUA COM VÁRIAS CLINICAS E CONSULTÓRIOS MÉDICOS, COM ACESSO DE MUITOS PACIENTES COM DEFICIÊNCIAS DE IMOBILIDADE FÍSICAS TENDO DIFICULDADES NA DE ENTRADA E SAÍDA DAS CLINICAS E CONSULTÓRIOS.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTE PARADA RAPIDA OU 15 MINUTOS NA RUA HARPIA NÚMERO 480 ( EM FRENTE Á LOJA RECANTO DAS FLORES), TRATE-SE DE UMA RUA COM ALTO NÚMERO DE SERVIÇOS MÉDICOS E COMERCIANTES AONDE AS PESSOAS ENCONTRAM DIFICULDADE AO ESTACIONAR SEU VEÍCULO PARA REALIZAR SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITO A SINALIZAÇÃO DE TRANSITO DAS RUAS: DO CONJUNTO PADRE CHICO E DAS RUAS DO JARDIM PAULISTA 1.                                                                                                                    </t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITO O RECAPEAMENTO DO ASFALTO DAS  RUAS ARAPAÇU VERMELHO , BACURAL  MIGRADOR NO CONJUNTO ÁGUIAS E MAIS ALGUMAS RUAS DO MESMO CONJUNTO.   </t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA INSTALADO UMA ACADEMIA DE TERCEIRA IDADE NO CONJUNTO ÁGUIAS.  </t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A RECUPERAÇÃO ASFÁLTICA NA CICLOVIA DA RUA ROUXINOL, NAS PROXIMIDADES DA ESTAÇÃO DAS FEIRAS, VIA MUITO UTILIZADA PELOS MUNÍCIPES NO TRAJETO TRABALHO E PARA A PRÁTICA DE ATIVIDADES FÍSICAS.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DE LOMBADA RUA ARIRAMBA BRONZEADO JARDIM INTERLAGOS</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SINALIZAÇÃO NA REGIÃO DO JARDIM INTERLAGOS </t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.doc</t>
   </si>
   <si>
     <t>INDICAÇÃO RUA ARAPAÇU BICUDO - JARDIM BELA VISTA (ILUMINAÇÃO)</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.docx</t>
   </si>
   <si>
     <t>REFORMA DA PONTE DO MYAKE</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DAS CALÇADAS DA AVENIDA ARAPONGAS</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARQUE INFANTIL NA IMEDIAÇÕES DO CCI</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO O LEVANTAMENTO DA COPA DAS ARVORES.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTO DA RUA ROUXINOL</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFALTICO JARDIM UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx</t>
   </si>
   <si>
     <t>OPERAÇÃO DE RESTAURAÇÃO ASFÁLTICA NA RUA ACANTIZO, VILA SAMPAIO</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx</t>
   </si>
   <si>
     <t>PODA DE ÁRVORE DE GRANDE PORTE</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTUDO ACERCA DE DESAPROPRIAÇÃO DE PROPRIEDADE PARTICULAR</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA MARACANÃ DE COLAR, JD SAN RAFAEL II</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ADEQUAÇÃO DAS CAIXAS DE CAPTAÇÃO DE ÁGUAS PLUVIAIS, CASCALHAMENTO DE PATROLAMENTO DA </t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA IMPLANTADA UMA BIBLIOTECA &amp;#8220;DIGITAL E CONVENCIONAL&amp;#8221; NA REGIÃO DO CONJUNTO FLAMINGOS</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFALTICA NA RUA FRANCELHO</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx</t>
   </si>
   <si>
     <t>FAIXA ELEVADA NA RUA MACUCO.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE UMA TRAVESSIA ELEVADA NA RUA PERDIZES, ESQUINA COM A RUA ÁGUIA REAL.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE AMPLIE A FAIXA ETÁRIA DE VACINAÇÃO CONTRA O HPV DE 15 A 26 ANOS.E DIVULGAR A DISPONIBILIZAÇÃO ATRAVÉS DE MÍDIAS PARA INCENTIVAR A IMUNIZAÇÃO.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>LOMBADA EM ARICANDUVA</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE ASFALTO</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE BUEIRO</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE FAIXA ELEVADA NA AV. MARACANÃ NO CRUZAMENTO COM A RUA JANDAIA</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PONTO DE ÔNIBUS COBERTO, NA RUA CISNE NEGRO, JARDIM INTERLAGOS, NESTA CIDADE, EM FRENTE OU NAS PROXIMIDADES DOS NÚMEROS 1.345/1.350</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx</t>
   </si>
   <si>
     <t>SERVIÇO DE DESENTUPIMENTO E LIMPEZA DE BUEIRO, RUA GARÇA CINZA, JD SÃO CARLOS, EM FRENTE AO NÚMERO 65, NESTA CIDADE</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE QUE SEJA PROVIDENCIADO A INSTALAÇÃO DE BEBEDOUROS NO GINÁSIO MUNICIPAL LUIZ AUGUSTO ZIN.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE SEJA FEITO UM BUEIRO REFERENTE AO DESNIVELAMENTO ASFÁLTICA NO CRUZAMENTO DAS RUAS GAVIÃO COLEIRA E PERDIZES DO MAR NO JARDIM AEROPORTO A 50 METROS DO BATALHÃO DA POLICIA MILITAR.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE PROVIDENCIE A FITA PARA TESTE DE GLICEMIA (HGT), POIS MUITOS PACIENTES DIABÉTICOS NECESSITAM PARA CONTROLE DA DOENÇA E AUXILIO NO TRATAMENTO. E DIVERSOS PACIENTES TEM NOS PROCURADO PARA RELATAR A FALTA NO FORNECIMENTO.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAÇÃO CONDOMINIO AGUIA DOURADA</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA INSTALAÇÃO DE POSTES E ILUMINAÇÃO NA RUA DANÇADOR LARANJA.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA NOS BUEIROS PRÓXIMOS A RODOVIARIA</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO N°    /2017_x000D_
 _x000D_
 _x000D_
 EXMO PRESIDENTE:_x000D_
 _x000D_
 			O VEREADOR SUBSCRITOR DA PRESENTE, NA FORMA FACULTADA NO REGIME INTERNO, ART. 114, _x000D_
 TEM A HONRA DE PROPOR A SEGUINTE INDICAÇÃO AO PODER EXECUTIVO: _x000D_
                              QUE O SENHOR PREFEITO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, _x000D_
 PARA QUE SEJA FEITO ESTUDO DA RUA PÁSSARO BOI NO CONJUNTO MONTE CARLOS  ONDE EM VISTA ESTA SE INICIANDO UMA EROSÃO NAS PROXIMIDADES DO NÚMERO 436._x000D_
                             TAL PEDIDO SE JUSTIFICA: _x000D_
 _x000D_
 	 ARAPONGAS  ,28 DE AGOSTO  DE 2017_x000D_
 _x000D_
 _x000D_
                                     PAULO CÉSAR DE ARAÚJO_x000D_
                                            VEREADOR      _x000D_
                               PASTOR DO MERCADO (PMDB)_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE RUAS NO CONJUNTO NOVO HORIZONTE</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO EM RIOS E FUNDOS DE VALES PARA PROIBIÇÃO DE NADAR</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO PISTA DE CAMINHADA PARQUE DOS PÁSSAROS</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BUEIRO</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx</t>
   </si>
   <si>
     <t>LIXEIRAS NAS ATI</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROGRAMA MEU CAMPINHO </t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx</t>
   </si>
   <si>
     <t>QUEBRA MOLAS</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE MODALIDADE XADREZ NAS ESCOLAS MUNICIPAIS</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO AV. TANGARÁ</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PINTURA ASFÁLTICA DE SINALIZAÇÃO DE TRÂNSITO INDICANDO </t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.docx</t>
   </si>
   <si>
     <t>PONTO DE ÔNIBUS NA BR 369 EM FRENTE A GRALHA AZUL</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DE PONTO DE ÔNIBUS, RUA TAPERAÇU, QUASE ESQUINA COM AVENIDA SIRIEMA, NESTA CIDADE</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx</t>
   </si>
   <si>
     <t>ALARGAMENTO VIA DA BR 369 SENTIDO RUA DRONGO</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE CEP NA VIELA NA RUA QUETZAL</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.docx</t>
   </si>
   <si>
     <t>SENTIDO PREFERENCIAL PARA VEÍCULOS QUE SEGUEM PELA RUA BONITO DO CAMPO</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx</t>
   </si>
   <si>
     <t>SENTIDO PREFERENCIAL RUA GUARATINGA</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE RUA TAPERAÇU CINZA, 368</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO RUA TANGARÁ PRÓXIMO AO POSTO TALISMÃ</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE GARÇAS COM MARABU</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx</t>
   </si>
   <si>
     <t>IDENTIFICAÇÃO COM NOMES DE RUAS NA CIDADE</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAS A RESPEITO DE PLANFETAGEM</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx</t>
   </si>
   <si>
     <t>RETIRADA E REALOCAÇÃO DOS BANCOS DA RODOVIARIA</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx</t>
   </si>
   <si>
     <t>ATI VILA ÉDIO</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx</t>
   </si>
   <si>
     <t>RECAPEAMENTO RUA TRICODOMO</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx</t>
   </si>
   <si>
     <t>ILUMINAÇÃO CICLOVIA EM FRENTE A ANTIGA BIG FRANGO</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO PRAÇA JD. AEROPORTO</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE TRÂNSITO SÃO CARLOS, MONTE CARLOS E ÁGUIAS</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx</t>
   </si>
   <si>
     <t>SISTEMA DE SOM NO TERMINAL RODOVIÁRIO</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx</t>
   </si>
   <si>
     <t>ILUMINAÇÃO RUA GAVIÃO COLEIRA JD. CARAVELE</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE RUA CORRUIRA 481</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO RUA JACURUTU</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RECUPERAÇÃO ASFÁLTICA RUA BENTERERÊ </t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO PRAÇA DA IGREJA MATRIZ</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA RUA MOSQUETEIRO LISTRADO</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO E MEIO FIO PROXIMO AO CMEI</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE TANGARÁ COM CISNE NEGRO</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>PISTA DE CORRIDA AO REDOR DO ESTÁDIO MUNICIPAL</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATI ACADEMIA AO AR LIVRE RUA FALCÃO COM JOÃO DE BARRO</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA EM TORNO DO RESERVATÓRIO DE ÁGUA DA SANEPAR NA RUA PAPAM PERI </t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ILUMINAÇÃO E RECAPEAMENTO RUA AZULÃO VERDADEIRO </t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFALTO RUA RENDEIRA JD. AEROPORTO</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.docx</t>
   </si>
   <si>
     <t>QUEBRA MOLAS AVENIDA MARACANÃ COM GRALHA AZUL</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA VIELA RUA JURUTAU</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx</t>
   </si>
   <si>
     <t>SEMÁFORO ROUXINOL COM SABIA CASTANHO</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA AV. MARACANÃ NO PONTO DE ONIBUS EM FRENTE A IGREJA SANTO ANTONIO</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.docx</t>
   </si>
   <si>
     <t>PODA DE ÁRVORES RUA INHAMBU CHORORO</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BANCO EM PONTO DE ÔNIBUS RUA ROUXINOL 1971</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA PRAÇA JOÃO RODRIGUES VENEGAS RUA LORI COM PAPAGAIO</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE RUA SURUCUA 317</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx</t>
   </si>
   <si>
     <t>DOAÇÃO DOS LOTES 5,6,7,8 PARA A ESCOLA ANTONIO RACANELLO SAMPAIO</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.doc</t>
   </si>
   <si>
     <t>REFORMA CMEI PADRE PAULO SPEISER I</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA TIZIU VILA TRIÃNGULO</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx</t>
   </si>
   <si>
     <t>SEMÁFORO RUA PICA PAU COM PAPAGAIO</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.docx</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA GRALHA DO SERRADO</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.docx</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE TRÂNSITO ROUXINOL</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.docx</t>
   </si>
   <si>
     <t>TAMPA DE BUEIRO RUA CUCURUTADO DO SERRADO COM CASACA DE COURO</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DE MEIO FIO NO TERMINAL URBANO</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.docx</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE TRÂNSITO NAS RUAS DO JARDIM DO SOL</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE RUA CARDEAL COM CANÁRIO DO CAMPO</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASFALTO VIELA DA RUA AVINHADOS</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.docx</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO CANÁRIO CITRINO COM CASACA DE COURO</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Cleide Bisca , Toninho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.xml</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.xml</t>
   </si>
   <si>
     <t>RECAPEAMENTO DE TODAS AS RUAS DO JARDIM DO CAFÉ</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA COROCOXÓ JD. COLUMBIA I</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPAROS NAS GRADES DO TERMINAL URBANO</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA RUAS AMPELIÃO, VERDELHA E RIPIDURA</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc</t>
   </si>
   <si>
     <t>SEMÁFORO UIRAPURU, TUCANOS, FLAMINGOS E MARABU</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA RUAS TAPEREIRA E PARATI NO JD. AEROPORTO</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>LOMBADA RUA DRONGO, 150</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEMENTO PISTA DE CAMINHADA PARQUE DOS PÁSSAROS</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA RUA CAMBAXIRRA DA COPA JD. PLANALTO</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE GUARATINGA 1005</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO ACADEMIA AO AR LIVRE COM APARELHOS ADAPTADOS PARA PESSOAS COM DEFICIENCIA NA PRAÇA DO GINÁSIO MATEUS ROMERA</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>TROCA DE LÂMPADAS DO SUPER POSTE NO CMEI PADRE PAULO SPEISER - CAIC</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRIR PORTÃO QUE DAVA ACESSO AO CMEI PADRE PAULO SPEISER</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>VIATURA DA GUARDA MUNICIPAL NA ZONA SUL</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO TERRENO DO CIRETRAN</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx</t>
   </si>
   <si>
     <t>ASFALTO NA VIELA DA RUA GOURA</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.docx</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRES NA RUA GUACURU AM FRENTE O COLÉGIO ANTONIO RACANELLO SAMPAIO</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.docx</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA SURUCUAÇU</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA CEGONHA</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx</t>
   </si>
   <si>
     <t>TRAVESSIA ELEVADA IRATAUÁ EM FRENTE CLUBE CAMPESTRE</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA CALÇADA DO COLÉGIO MARQUÊS</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.doc</t>
   </si>
   <si>
     <t>RECAPEAMENTO RUA BENTERÊ</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTACIONAMENTO DE VEICULOS NA PRAÇA CATARINA HUMAI, GINÁSIO DE ESPORTES</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO PARQUE INFANTIL DO JARDIM BANDEIRANTES NA TUA JURUTAU</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx</t>
   </si>
   <si>
     <t>CAPACITAÇÃO DE RECEPCIONISTAS NOS HOSPITAIS MUNICIPAIS E PSS</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx</t>
   </si>
   <si>
     <t>TRANSFERIR SALA DA ADMINISTRAÇÃO DO CEMITÉRIO PARA A CAPELA MORTUÁRIA</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>CENTRO DE INICIAÇÃO ESPORTIVA NA ZONA SUL</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx</t>
   </si>
   <si>
     <t>CENTRO DE INICIAÇÃO ESPORTIVA NA ZONA OESTE</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">SINALIZAÇÃO DE TRÂNSITO RUA GUARATINGA COM PAVÃO </t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA RUA JURITÍ VERMELHA</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRAVESSIA ELEVADA EM FRENTE AO CMEI PRIMEIROS PASSOS, RUA TICO TICO REI,79</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/861/861_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO AVENIDA GATURAMO</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.docx</t>
   </si>
   <si>
     <t>MELHORIA NA MALHA VIÁRIA RUA PEGA NO JARDIM BARONEZA</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DE BRINQUEDOS DO PARQUE INFANTIL DA VILA APARECIDA</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">RESTAURAÇÃO ASFÁLTICA RUA FALCÃO COM JOÃO DE BARRO </t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA RUA TELEGALA</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA RUA GAVIÃO BRANCO</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.doc</t>
   </si>
   <si>
     <t>ALAMBRADO NO CAMPINHO DE FUTEBOL DO CONJUNTO ULISSES GUIMARÃES</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO GUARATINGA X RABILONGA VERMELHA E TINGUAÇU PARDA</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE MÃO DUPLA NA RUA FURRIEL COM TETRAZ</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx</t>
   </si>
   <si>
     <t>IMPANTAÇÃO DE UM SUPER POSTE NAS PROXIMIDADES DO CONJUNTO ARICANDUVA</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx</t>
   </si>
   <si>
     <t>PARQUE INFANTIL AO LADO DO GINÁSIO MATHEUS ROMERA</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE PONTO DE ONIBUS RUA TAPERAÇU PRÓXIMO Á ESQUINA DA AVENIDA SIRIEMA</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">PROLONGAMENTO COM ABERTURA DA RUA GOURA,VILA NATAL INTERLIGANDO CENTRO E VILA SÃO JOÃO COM AS RUAS CONDOR E PICA PAU. </t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DO QUEBRA MOLAS RUA FAISÃO COM MOSCAREIRA</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.docx</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA QUADRA DE ESPORTES DA ESCOLA DR. ANTONIO GRASANO JUNIOR NO ALTO DA BOA VISTA</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DA PRAÇA LUIZ TREGLIA JUNIOR NO QUARTEIRÃO DAS RUAS UIRAPURU E TUCANOS</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx</t>
   </si>
   <si>
     <t>COBERTURA DE PONTO DE ÔNIBUS NO CONJUNTO PIACENZA</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA FOGO APAGOU</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx</t>
   </si>
   <si>
     <t>RECUPERAÇÃO ASFÁLTICA RUA CANASTREIRO NO CONJUNTO ULISSES GUIMARÃES</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DO BANHEIRO DA ESCOLA MUNICIPAL COLÔNIA ESPERANÇA</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE RUA PAPAGAIO COM IRERÊ</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>NO SENTIDO DE QUE SEJA IMPLANTADA NO PLANO DIRETOR DE 2018; QUE OS NOVOS PROPRIETÁRIOS DE TERRENOS EM ARAPONGAS NO ATO DE SUA CONSTRUÇÃO REALIZEM COMO OPÇÃO CALÇADA ECOLÓGICA COMO PREVISTA NO MODELO DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA RUA TINGUAÇU NA VILA BERNARDES</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA RUA ROLINHA ROXA NO JARDIM UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA RUA CORRUPIÃO AMARELO NO JARDIM UNIVERSITÁRIO</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.docx</t>
   </si>
   <si>
     <t>RESTAURAÇÃO ASFÁLTICA RUA SAÍRA MILITAR JARDIM AEROPORTO</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA DISPONIBILIZAR ATRAVES DE PARCERIA COM O HEMEPAR NA PESSOA RESPONSÁVEL PELO BANCO DE SANGUE CLAUDETE AYAME OMOTTO, PARA QUE A POPULAÇÃO DE ARAPONGAS VOLTE A TER LOCAL, DIA E HORÁRIO FIXO, PARA AS COLETAS E DOAÇÃO DE SANGUE.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APARELHOS INDICADOS PARA A PRÁTICA DE CALISTENIA, NA PRAÇA DA SAUDADE</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx</t>
   </si>
   <si>
     <t>MELHORIAS NA ACADEMIA ALMA ACADEMIA DE LUTAS MUNICIPAL DE ARAPONGAS</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEMARCAÇÃO DE PONTO DE PARADA PARA AMBULÂNCIA NA UBS DO JARDIM BANDEIRANTES E FAIXA DE PEDESTRE</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRE NA RUA SABIÁ CASTANHO ESQUINA COM ROUXINOL</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DE BUEIRO ESQUINA DAS RUAS CARDEAL AMAZÔNIA COM PIUÍ DE TOPETE</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLACAS DE RUA NO CONJUNTO TEREZA BONONI</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA QUADRA DA ESCOLA MUNICIPAL ANTONICA GIROLDO FRANCIOSI</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>Cleide Bisca , Levi do Handebol</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PISTA DE CAMINHADA NA PRAÇA DO CONJUNTO ALTO DA BOA VISTA</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SINALIZAÇÃO ADEQUADA NAS RUAS DO JARDIM AEROPORTO </t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO ASFÁLTICO RUA SARACURA NO JARDIM IMPERIO</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t>VAGAS DE ESTACIONAMENTO PARA DEFICIENTES NA RUA CONDOR PRÓXIMO AO NÚMERO 1215</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRAS PARA CONTER ALAGAMENTO EM DIAS DE CHUVA NA UBS DO CENTRO SOCIAL URBANO</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUADAÇÃO NA CAPATAÇÃO DE ÁGUAS PLUVIAIS NA RUA JURITI NA VILA INDUSTRIAL</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DE NOVO SENTIDO Á RUA GUARATINGA NA ALTURA DO ENTRONCAMENTO COM AS RUAS CONDOR, DRONGO E BR 369</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx</t>
   </si>
   <si>
     <t>REDUÇÃO OU READEQUAÇÃO DOS LOCAIS DESTINADOS A ESTACIONAMENTO NA RUA QUETZAL ENTRE A ACANTIZO E BATUQUIRA</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM DO TERRENO ATRÁS DO CAIC</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NO FINAL DA RUA JAPU NA VILA APARECIDA</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRADA DA CACHOEIRINHA PRÓXIMO A FAZENDA GIOCONDO</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc</t>
   </si>
   <si>
     <t>QUEBRA MOLAS NA RUA PORFÍRIO 01 PRÓXIMO A MEGALOURO E OUTRO PROXIMO A ARAÇARI POCA DE BICO VERMELHO</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.docx</t>
   </si>
   <si>
     <t>VIGILÂNCIA ELETRÔNICA NO AMBIENTE EDUCACIONAL</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA EM TODA ÁREA DA BIBLIOTECA MUNICIPAL </t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE PARADA DE IDODOS AO LADO DO LAR SÃO VICENTE DE PAULA NA RUA PICA PAU OU NA RUA HARPIA</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECUPERAÇÃO DO REDUTOR DE VELOCIDADE QUE ANTECEDE A CURVA DA RUA COLHEREIRO NA VILA APARECIDA</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELABORAR UM ANTEPROJETO DE LEI A CAMINHO DO ESPORTE</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t>RONDA DA GUARDA MUNICIPAL NA PRAÇA DA IGREJA MATRIZ</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.docx</t>
   </si>
   <si>
     <t>TROCA DE LÂMPADAS NA RUA IRATAUÁ ATRÁS DA SIMBAL</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.docx</t>
   </si>
   <si>
     <t>PONTO DE ONIBUS COBERTO NA RUA GUARATINGA EM FRENTE AO SESI-SENAI</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPA BURACOS RUA MEGALOURO</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DAS RUAS TINGUAÇU E MEGALOURO EM CONTORNO DO ESTADIO MUNICIPAL_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx</t>
   </si>
   <si>
     <t>RETIRADA DO LIXO NO FINAL DA RUA LOURO VERDE</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO NA RUA JAPIRA VILA SÃO JOÃO</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO N°    /2017_x000D_
 _x000D_
 _x000D_
 EXMO PRESIDENTE:_x000D_
 _x000D_
 			O VEREADOR SUBSCRITOR DA PRESENTE, NA FORMA FACULTADA NO REGIME INTERNO, ART. 114, TEM A HONRA DE PROPOR A SEGUINTE INDICAÇÃO AO PODER EXECUTIVO: _x000D_
                              QUE O SENHOR PREFEITO ENTRE EM ENTENDIMENTO COM A SECRETARIA COMPETENTE, PARA QUE POSSA ESTAR IMPLANTANDO QUEBRA-MOLA NA ESQUINA DA RUA INCAS COM A RUA TAGUÁ ._x000D_
                             TAL PEDIDO SE JUSTIFICA: QUE VEÍCULOS ESTÃO PASSANDO EM ALTA VELOCIDADE COLOCANDO EM RISCO A VIDA DAS CRIANÇAS QUE SAI CATEQUESE E DA CRECHE._x000D_
 _x000D_
 	 ARAPONGAS  ,27 DE NOVEMBRO DE 2017_x000D_
 _x000D_
 _x000D_
                                     PAULO CÉSAR DE ARAÚJO_x000D_
                                            VEREADOR      _x000D_
                               PASTOR DO MERCADO (PMDB)_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.docx</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA RUA PÁSSARO PRETO NO PARQUE INDUSTRIAL 2</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAR EMA UNIDADE DE CONSERVAÇÃO ( PARQUE MUNICIPAL) NO TERRENO SITUADO NA RUA MAÇARICO DO PANTANAL DO JARDIM SAN RAFHAEL </t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDO DE TRÂNSITO NO ENTROCAMENTO DA RUA TANGARÁ COM AS RUAS CISNE NEGRO E ANDORINHA</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx</t>
   </si>
   <si>
     <t>ILUMINAÇÃO DA RUA UIRAPURU MELODIOSO NO CONJUNTO DEL CONDOR</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUAÇÕES DE CAPTAÇÃO DE ÁGUAS PLUVIAIS NA RUA ACANTISO E RUA ABETARDA</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.docx</t>
   </si>
   <si>
     <t>ADQUIRIR O COLÉGIO EVANGÉLICO DECISÃO</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.docx</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DE SEMAFOROS INSTALADOS NA RUA CONDOR COM A AVENIDA ARAPONGAS E NA RUA DRONGO COM A AVENIDA ARAPONGAS</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZE FUNCIONÁRIOS PARA O UPA</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMOS AOS NOBRES EDIS, NO PRAZO PREVISTO NO §19 DO ART. 48 DA LEI ORGÂNICA MUNICIPAL, O PRESENTE VETO TOTAL AO PROJETO DE LEI O. 4.548/2017, PELAS RAZÕES QUE SEGUEM.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMOS AOS NOBRES EDIS O PRESENTE VETO TOTAL AOS_x000D_
 PROJETOS DE LEI NS2. 4.553 E 4.554/2017, PELAS RAZÕES QUE SEGUEM:</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO AO PROJETO DE LEI Nº. 4.558/2017 DISPÕE SOBRE A PADRONIZAÇÃO DAS_x000D_
 CORES DE IMÓVEIS PÚBLICOS PERTENCENTES E/OU MANTIDOS PELO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMOS AOS NOBRES EDIS, O PRESENTE VETO TOTAL AO PROJETO DE LEI NG. 4.571/2017, PELAS RAZÕES QUE SEGUEM.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc</t>
   </si>
   <si>
     <t>ENCAMINHAMOS A VOSSA EXCELÊNCIA O PROJETO DE LEI Nº 046/17, QUE DISPÕE SOBRE O PLANO PLURIANUAL DO NOSSO MUNICÍPIO, PARA O PERÍODO DE 2018 A 2021, COM TODOS OS SEUS ANEXOS, A FIM DE SER SUBMETIDO À ELEVADA APRECIAÇÃO POR ESSA CASA DE LEIS.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI Nº 047/2017 E 048/2017</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI 50/2017</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>PROJETO DE LEI N 51/2017</t>
   </si>
   <si>
     <t>730</t>
   </si>
@@ -5937,51 +5937,51 @@
   <si>
     <t>PROJETO DE LEI Nº60/2017</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>PROJETO DE LEI 61/2017</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>PROJETO DE LEI 62/2017</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>PROJETO DE LEI 65/2017</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VETO </t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>PROJETO DE LEI 67/2017</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR 002/2017</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>PROJETO DE LEI 68/2017</t>
   </si>
   <si>
     <t>993</t>
   </si>
@@ -6006,108 +6006,108 @@
   <si>
     <t>PROJETO DE LEI 72/2017</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>PROJETO DE LEI 73/2017</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>PROJETO DE LEI 74/2017</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>PROJETO DE LEI 75/2017</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.docx</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº. 4.620/2017, PELAS RAZÕES QUE SEGUEM.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx</t>
   </si>
   <si>
     <t>PRESENTE VETO PARCIAL AO PROJETO DE LEI Nº. 4.626/2017, PELAS RAZÕES QUE SEGUEM.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>PROJETO DE LEI 83/2017</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 4.516/2016</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 4.518/2016</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 4.519/2016</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 4.520/2016</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 4.521/2016</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 4.526/2016</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 4.524/2016</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI Nº 049/2017</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>PROJETO DE LEI N53/2017</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 54/2017 E 55/2017</t>
   </si>
   <si>
     <t>872</t>
   </si>
@@ -6123,1028 +6123,1028 @@
   <si>
     <t>PROJETO DE LEI 64/2017</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>PROJETO DE LEI 66/2017</t>
   </si>
   <si>
     <t xml:space="preserve">NÃO </t>
   </si>
   <si>
     <t xml:space="preserve">NÃO HÁ MATÉRIA A SER DELIBERADA </t>
   </si>
   <si>
     <t xml:space="preserve">NÃO HÁ MATÉRIA NA ORDEM DO DIA </t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A OBRIGATORIEDADE DA UTILIZAÇÃO DE LUMINÁRIAS DE LED, QUANDO DA_x000D_
 IMPLANTAÇÃO DE NOVOS LOTEAMENTOS E QUANDO DA IMPLANTAÇÃO DE NOVAS LUMINÁRIAS NO_x000D_
 MUNICÍPIO DE ARAPONGAS/PR.</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer Comissão de Finança e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA REDAÇÃO DO ARTIGO 62 E PARÁGRAFOS DA LEI_x000D_
 2.854, DE 19 DEZEMBRO DE 2011, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE_x000D_
 ARAPONGAS, INSTITUINDO O PARCELAMENTO DO ITBI-IMPOSTO SOBRE TRANSMISSÃO DE BENS_x000D_
 IMÓVEIS INTER VIVOS E DA PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NO ANEXO V, DA LEI N°. 4.448, DE 23 DE JUNHO_x000D_
 DE 2016, ALTERADA PELA LEI N°. 4.525, DE 13 DE DEZEMBRO DE 2016, QUE ESTABELECE A LEI_x000D_
 DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2017.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017, NO ANEXO I DA LEI N° 4.526, DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016, LEI DE DIRETRIZES ORÇAMENTARIAS DE 2016.</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016, LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL E REAJUSTE DE VENCIMENTOS, FUNÇÕES_x000D_
 GRATIFICADAS, PROVENTOS E PENSÕES DOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS E INATIVOS_x000D_
 DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO E FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO E DO VICE-PREFEITO DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL, REAJUSTE E FIXAÇÃO DOS SUBSÍDIOS DOS_x000D_
 SECRETÁRIOS MUNICIPAIS E DO PROCURADOR GERAL DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL_x000D_
 ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I_x000D_
 DA LEI N°4.526, DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016. LEI DE_x000D_
 DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA_x000D_
 LEI N° 4.526. DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016, LEI DE_x000D_
 DIRETRIZES ORÇAMENTÁRIAS CTE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N*. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORGAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORGAMENTIDAS DE 2017.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO INCISO IV DO ARTIGO 22, DA LEI 4.011, DE 14_x000D_
 DE AGOSTO DE 2012, QUE DISPÕE SOBRE A ORGANIZAÇÃO DO SISTEMA MUNICIPAL DE PROTEÇÃO_x000D_
 E DEFESA DO CONSUMIDOR - SMPDC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I_x000D_
 DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016, LEI DE_x000D_
 DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016, LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR OS IMÓVEIS QUE MENCIONA_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N'. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525 DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTARIAS DE 2017.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCIDO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTARIAS DE 2017.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 50/2017</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/777/777_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 46/2017</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 51/2017</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 52/2017</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.docx</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 54/2017</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 55/2017</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO 03/2017</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 57/2017 LOA</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 60/2017</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 66/2017</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 68/2017</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>ACRESCE PARÁGRAFO AO ARTIGO 17, PARÁGRAFO ÚNICO AO ARTIGO 75, E ALTERA A REDAÇÃO DO ART. 66 E INCISO I DO ART. 74, DA LEI ORGÂNICA DO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>PROJETO DE LEI 84/2017</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>PCJR</t>
   </si>
   <si>
     <t>Parecer Comissão de Justiça Legislação e Redação</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA REALIZAÇÃO DE SERVIÇO OU REFORMA NOS_x000D_
 JAZIGOS DO CEMITÉRIO DE ARAPONGAS PARANÁ.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS PELA APROVAÇÃO DO PROJETO DE LEI N° 001/2017, DE AUTORIA DO PODER EXECUTIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS PELA APROVAÇÃO DO PROJETO DE LEI N° 01/2017, DE AUTORIA DO PODER_x000D_
 LEGISLATIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS PELA APROVAÇÃO DO PROJETO DE LEI COMPLEMENTAR  N° 01/2017, DE AUTORIA DO PODER_x000D_
 LEGISLATIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS PELA APROVAÇÃO DO PROJETO DE LEI N° 03/2017, DE AUTORIA DO VEREADOR FERNANDO HENRIQUE OLIVEIRA, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA ÓRGÃO OFICIAL DO MUNICÍPIO O JORNAL "TRIBUNA DO NORTE" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N°. 4.196, DE 28 DE FEVEREIRO DE 2014, QUE DISPÕE SOBRE A DOAÇÃO DE TERRENO PARA A ASSOCIAÇÃO DE MORADORES DO MUNICÍPIO DE ARAPONGAS UAMMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ELABORAÇÃO ANUAL DO PLANO MUNICIPAL DE SEGURANÇA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO_x000D_
 RELATOR, OPINAMOS PELA APROVAÇÃO DO PROJETO DE LEI N° 06/2017, DE AUTORIA O PODER_x000D_
 LEGISLATIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A COORDENADORIA MUNICIPAL DE PROTEÇÃO DE DEFESA CIVIL_x000D_
 (COMPDEC) E O FUNDO MUNICIPAL DE DEFESA CIVIL DO MUNICÍPIO DE ARAPONGAS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO_x000D_
 RELATOR, OPINAMOS. PELA-APROVAÇÃO DO PROJETO DE LEI N° 07/2017, DE AUTORIA DO PODER LEGISLATIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS, PELA APROVAÇÃO DO PROJETO DE LEI N° 08/2017, DE AUTORIA DO PODER LEGISLATIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO- EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS PELA APROVAÇÃO DO PROJETO DE LEI N° 09/2017, DE AUTORIA DO PODER_x000D_
 LEGISLATIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ROTINAS E PROCEDIMENTOS PARA CONCESSÃO DE DIÁRIAS AOS SERVIDORES E AGENTES POLITICOS DA CÂMARA MUNICIPAL DE ARAPONGAS</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMULA E ATUALIZA A "CAMARA MIRIM", CRIADA PELA RESOLUÇÃO N°.250/2005, INSTITUINDO O "PROGRAMA VEREADOR MIRIM", E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS PELA APROVAÇÃO DO PROJETO DE LEI N° 11/2017, DE AUTORIA DO PODER_x000D_
 LEGISLATIVO, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO CALICO, DO ART. 5° DA LEI N° 3.376, DE 21 DE OUTUBRO DE 2009.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS ÀS ENTIDADES SERVIÇO SOCIAL DO COMÉRCIO - SESC/PR E AO SERVIÇO NACIONAL DE APRENDIZAGEM COMERCIAL - SENAC/PR, LIBERA ESCRITURA DEFINITIVA E DÓ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA_x000D_
 LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016, LEI DE_x000D_
 DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>ANTE O EXPOSTO, TENDO EM VISTA AS CONSIDERAÇÕES EXPENDIDAS PELO RELATOR, OPINAMOS PELA 'APROVAÇÃO DO PROJETO DE LEI N° 17/2017, DE AUTORIA DA MESA DIRETORA DO PODER LEGISLATIVO MUNICIPAL, ENCAMINHANDO A MATÉRIA PARA DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PADRONIZAÇÃO DAS CORES DE IMÓVEIS PÚBLICOS_x000D_
 PERTENCENTES E/OU MANTIDOS PELO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA DO FESTIVAL DE MÚSICA" (SEFEMU)_x000D_
 NO MUNICÍPIO DE ARAPONGAS &amp;#8212; PR E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A SEMANA DE CONSCIENTIZAÇÃO E COMBATE A ALIENAÇÃO PARENTAL</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER DOAÇÃO DE IMÓVEIS DE_x000D_
 PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS AO SERVIÇO SOCIAL DO COMÉRCIO &amp;#8212; SEC/PR E AO SERVIÇO NACIONAL DE APRENDIZAGEM COMERCIAL &amp;#8212; SENAC/PR, AUTORIZA A DESAFETAÇÃO DOS IMÓVEIS DO PATRIMÔNIO PÚBLICO MUNICIPAL, LIBERA ESCRITURA DEFINITIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O COMBATE AO MOSQUITO DA DENGUE (AEDES AEGYPTI), MEDIANTE A LIMPEZA DE TERRENOS BALDIOS E A PADRONIZAÇÃO ECOLÓGICA DE LOTES VAGOS NO MUNICÍPIO DE ARAPONGAS &amp;#8211; PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A OBRIGATORIEDADE DA UTILIZAÇÃO DE LUMINÁRIAS DE LED, QUANDO DA IMPLANTAÇÃO DE NOVOS LOTEAMENTOS E QUANDO DA IMPLANTAÇÃO DE NOVAS LUMINÁRIAS NO MUNICÍPIO DE ARAPONGAS/PR.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DAS ALÍNEAS "H" "C" E "D" DO INCISO I, E ALÍNEAS_x000D_
 "A" E "H" DO INCISO II, DO ARTIGO 6°, DA LEI MUNICIPAL N°. 4.022, DE 13 DE SETEMBRO DE_x000D_
 2012, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL SOBRE DROGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS. PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA_x000D_
 LEI N° 4.526, DE 13/12/2016 E NO ANEXO V DA LEI N° 4.525, DE 13/12/2016, LEI DE_x000D_
 DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE MOBILIDADE URBANA E O SISTEMA DE MOBILIDADE URBANA DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PADRONIZAÇÃO DAS CORES DE IMÓVEIS PÚBLICOSPERTENCENTES E/OU MANTIDOS PELO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 5°, CAPUT E INCISOS II E VI, DA LEI_x000D_
 MUNICIPAL N° 3.936, DE 08 DE DEZEMBRO DE 2011, QUE TRATA DA POLÍTICA MUNICIPAL DE_x000D_
 HABITAÇÃO NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO MAPA DE ZONEAMENTO DE USO E OCUPAÇÃO DE PROPRIEDADES URBANAS E RURAIS E INCISOS I E II DO ARTIGO 44, INTEGRANTES DA LEI N° 3.589/09, DE 05 DE JANEIRO DE 2009.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORGAMENTIDAS DE 2017.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO INCISO IV DO ARTIGO 22, DA LEI 4.011, DE 14 DE AGOSTO DE 2012, QUE DISPÕE SOBRE A ORGANIZAÇÃO DO SISTEMA MUNICIPAL DE PROTEÇÃO E DEFESA DO CONSUMIDOR - SMPDC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 3.378, DE 09 DE FEVEREIRO DE 2007, EM TODOS_x000D_
 OS SEUS TERMOS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR OS IMÓVEIS QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL A CASA DE APOIO MADRE TEREZA DE ARAPONGAS - PR.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRIGA AS INSTITUIÇÕES BANCÁRIAS PÚBLICAS OU PRIVADAS E AS COOPERATIVAS DE CRÉDITO LOCALIZADAS NO MUNICÍPIO DE ARAPONGAS A CONTRATAR VIGILÂNCIA ARMADA PARA ATUAR 24H (VINTE E QUATRO HORAS) POR DIA, INCLUSIVE EM FINAIS DE SEMANA E FERIADOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA DAR EM COMODATO TERRENO DE PROPRIEDADE DO MUNICÍPIO Â ASSOCIAÇÃO SAGRADA FAMÍLIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N°. 4.043, DE 20 DE NOVEMBRO DE 2012, QUE AUTORIZA O MUNICÍPIO A DAR EM COMODATO TERRENO À ASSOCIAÇÃO DA IGREJA METODISTA &amp;#8212; 6A REGIÃO ECLESIÁSTICA.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "MÊS DE MOBILIZAÇÃO DE TODOS PELO FIM DA VIOLÊNCIA CONTRA AS MULHERES (CAMPANHA DO LAÇO BRANCO)", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE EXIGÊNCIA DO CARTÃO DA CRIANÇA OU DA CADERNETA DE SAÚDE DA CRIANÇA NO ATO DA MATRICULA DOS ALUNOS DA EDUCAÇÃO INFANTIL E DA PRIMEIRA ETAPA DO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PRA A INSTITUIÇÃO DO PROGRAMA MUNICIPAL DE EQUOTERAPIA, VOLTADO PARA CRIANÇAS E ADULTOS COM DEFICIÊNCIAS FÍSICA OU INTELECTUAL, DISTÚRBIOS COMPORTAMENTAIS, BEM COMO ÀS VÍTIMAS DE ACIDENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DOS JOGOS DA TERCEIRA IDADE NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L 34/2017 ANGÉLICA</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 47/2017</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 48/2017</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 49/2017</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L Nº 38/2017</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI LEGISLATIVO Nº 39/2017</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 001/2017</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº02/2017</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 53/2017</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 58/2017</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L Nº 42/2017</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L Nº 44/2017</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L 35/2017</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L 41/2017</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L 45/2017</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L Nº 48/2017</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L Nº 49/2017</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 57/2016 LOA</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº59/2017</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI 47/2017</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L 51/2017</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L 52/2017</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 37/2017</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 34/2017</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L Nº 28/2017</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI L Nº 53/2017</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 62/2017</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 65/2017</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO  Nº 04/2017</t>
   </si>
   <si>
     <t>1018</t>
   </si>
@@ -7187,2701 +7187,2701 @@
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 002/2017</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 71/2017</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>PROJETO DECRETO LEGISLATIVO 05/2017</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ANEXO VII DA LEI MUNICIPAL N°. 2.854, DE 19 DE DEZEMBRO DE 2001 (CÓDIGO TRIBUTÁRIO MUNICIPAL)</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA DAR EM CESSÃO DE USO E DESAFETAÇÃO, LOTE DE TERRAS DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS IGREJA MISSIONÁRIA GERAÇÃO ELEITA E DÁ OUTRAS PROVIDÊNCIAS, BEM COMO A REVOGAÇÃO DA LEI MUNICIPAL Nº. 4.457 DE 16 DE MARÇO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA TRATAMENTO DIFERENCIADO E FAVORECIDO ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE DE QUE TRATAM AS LEIS COMPLEMENTARES NºS 123, DE 14 DE DEZEMBRO DE 2006, 128, DE 19 DE DEZEMBRO DE 2008, E 139, DE 10 DE NOVEMBRO DE 2011, EM CONFORMIDADE COM O QUE DISPÕE OS ART. 146, III, &amp;#8220;D&amp;#8221;, PARÁGRAFO ÚNICO DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO PARA DAR EM COMODATO TERRENO DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS À IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS MINISTÉRIO PALAVRA VIVA.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO MANUAL DE OCUPAÇÕES DOS SERVIDORES DO QUADRO GERAL DA ADMINISTRAÇÃO DIRETA DO PODER EXECUTIVO DO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO PARA DAR EM COMODATO TERRENO DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS À IGREJA EVANGÉLICA MISSIONÁRIA SÓ O SENHOR _x000D_
 É DEUS.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVOGAÇÃO DA LEI MUNICIPAL Nº 3.414, DE 04 DE JULHO DE _x000D_
 2007.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE HORTA COMUNITÁRIA NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO PARA DAR EM COMODATO TERRENO DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS À IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DO PRAZO FIXADO NO ART. 1º DA LEI MUNICIPAL N°. 4.436, DE 17 DE DEZEMBRO DE 2015, QUE MODIFICOU DISPOSIÇÃO CONSTANTE NO ART. 1º, DA LEI N°. 4.113, DE 11 DE JUNHO DE 2013, QUE MODIFICOU DISPOSIÇÃO CONSTANTE NO ART. 1º, DA LEI MUNICIPAL N° 3.874, DE 09 DE JUNHO DE 2011, QUE ALTEROU O ART. 3° DA LEI MUNICIPAL N° 3.771, DE 07 DE JUNHO DE 2010.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZEM E MANIPULAM PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS. SOBRE ALTERAÇÃO E ACRÉSCIMO DE DISPOSITIVOS QUE MENCIONA DA LEI ORGÂNICA DO MUNICÍPIO DE _x000D_
 ARAPONGAS.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DOS ARTIGOS 3º E 4º E DÁ NOVA REDAÇÃO AO ART. 6º DA LEI Nº 4.608, DE 06 DE NOVEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO E ACRÉSCIMO DE DISPOSITIVOS QUE MENCIONA DA LEI ORGÂNICA DO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx</t>
   </si>
   <si>
     <t>TÍTULO DE CIDADÃO HONORÁRIO RODRIGO CEZAR FARIA</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx</t>
   </si>
   <si>
     <t>APROVA O ACÓRDÃO DE PARECER PRÉVIO N° 224/2017 &amp;#8211; SEGUNDA CÂMARA, DE INICIATIVA DO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ, QUE CONCLUI PELA REGULARIDADE COM RESSALVA DAS CONTAS DO PODER EXECUTIVO, RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2014.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TITULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO AO SR UMBERTO TOLARIO</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>TITULO DE CIDADÃO HONORÁRIO AO SER MICHELE CAPUTO NETO</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO E ACRÉSCIMO DE DISPOSITIVOS QUE MENCIONA DA LEI ORGÂNICA DO MUNICIPIO DE ARAPONGAS</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSERÇÃO DO SISTEMA DE "BANCO DE HORAS" NA LEI N.° 4.451, DE 25 DE JANEIRO DE 2016, QUE TRATA DO REGIME JURÍDICO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ARAPONGAS, SUAS AUTARQUIAS E FUNDAÇÕES PÚBLICAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE BENEFÍCIOS PARA_x000D_
 PAGAMENTO DE DÉBITOS FISCAIS EM ATRASO,_x000D_
 ESTABELECE NORMAS PARA SUA ARRECADAÇÃO_x000D_
 EXTRAJUDICIAL, NÃO AFETANDO AS METAS DE_x000D_
 RESULTADOS FISCAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A_x000D_
 FORNECER AUXÍLIO ALIMENTAÇÃO AOS_x000D_
 SERVIDORES PÚBLICOS MUNICIPAIS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N° 4.360, DE 27_x000D_
 DE MARÇO DE 2015 E DA LEI N9 4.369, DE 23 DE_x000D_
 ABRIL DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NO ANEXO I DA LEI N°._x000D_
 4.176, DE 09 DE DEZEMBRO DE 2013, ALTERADA_x000D_
 PELAS LEIS N.2S 4.329, DE 18 DE DEZEMBRO DE_x000D_
 2014, 4.434, DE 17 DE DEZEMBRO DE 2015 E_x000D_
 4.526, DE 13 DE DEZEMBRO DE 2016, QUE_x000D_
 ESTABELECERAM O PLANO PLURIANUAL PARA O_x000D_
 PERÍODO 2014 A 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NO ANEXO V, DA_x000D_
 LEI N.° 4.488, DE 23 DE JUNHO DE 2016,_x000D_
 ALTERADA PELA LEI N° 4.525, DE 13 DE_x000D_
 DEZEMBRO DE 2016, QUE ESTABELECE A LEI DE_x000D_
 DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO_x000D_
 DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA ÓRGÃO OFICIAL DO MUNICÍPIO O JORNAL_x000D_
 "TRIBUNA DO NORTE" E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A COORDENADORIA MUNICIPAL DE_x000D_
 PROTEÇÃO E DEFESA CIVIL (COMPDEC) E O_x000D_
 FUNDO MUNICIPAL DA DEFESA CIVIL DO_x000D_
 MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 4.196, DE 28 DE_x000D_
 FEVEREIRO DE 2014, QUE DISPÕE SOBRE_x000D_
 DOAÇÃO DE TERRENOS PARA A ASSOCIAÇÃO_x000D_
 DE MORADORES DO MUNICÍPIO DE_x000D_
 ARAPONGAS &amp;#8212; UAMMA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO ANUAL DO_x000D_
 PLANO MUNICIPAL DE SEGURANÇA PÚBLICA E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 19 E REVOGA O INCISO V DO ART 28, TODOS DA LEI Nº 4.422, DE 04 DE NOVEMBRO DE 2015.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO, DO ART. 52, DA LEI_x000D_
 N°3.676, DE 21 DE OUTUBRO DE 2009.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO I, DO ARTIGO 35, DA_x000D_
 LEI 3.590, DE 05 DE JANEIRO DE_x000D_
 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS_x000D_
 VENCIMENTOS, FUNÇÕES GRATIFICADAS,_x000D_
 PROVENTOS E PENSÕES DOS SERVIDORES_x000D_
 PÚBLICOS MUNICIPAIS ATIVOS E INATIVOS DO_x000D_
 PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FAZER DOAÇÃO DE IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS AO SERVIÇO SOCIAL DO COMERCIO &amp;#8211; SESC/PR E AO SERVIÇO NACIONAL DE APRENDIZAGEM COMERCIAL &amp;#8211; SENAC/PR, AUTORIZA A DESAFETAÇÃO DOS IMÓVEIS DO PATRIMÔNIO PÚBLICO MUNICIPAL, LIBERA ESCRITURA DEFINITIVA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ELABORAÇÃO DAS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2018 DO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 3.378, DE 09 DE FEVEREIRO DE 2007, EM TODOS OS SEUS TERMOS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÂO DE AJUDA DE CUSTO PARA FORNECIMENTO DE MORADIA AOS MÉDICOS PARTICIPANTES DO PROGRAMA MAIS MEDICOS PARA O BRASIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANAL 2014 A 2017 NO ANEXO I DA LEI 4.526, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANAL 2014 A 2017 NO ANEXO I DA LEI 4.526, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DAS ALÍNEAS "B", "C", E "D" DO INCISO I R ALÍNEAS "A"E "B" DO INCISO II, DO ARTIGO 6º DA LEI MUNICIPAL N] 4.022, DE 13 DE SETEMBRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A LAVRATURA DA ESCRITURA DEFINITIVA PELO MUNICÍPIO DE ARAPONGAS EMPRESA FIX FÁCIL LTDA - EPP, DO LOTE DE TERRAS_x000D_
 SOB O N2 195-A/195-C/194/A-2-3/195-A/195- C/194/A-2-3/A-1, COM ÁREA DE 2.431,75 M2, EM CUMPRIMENTO AO TERMO DE COMPROMISSO DE AJUSTAMENTO DE CONDUTA NOS AUTOS DE INQUÉRITO CIVIL N2. MPPR-0008.10.000078-8, FIRMADO JUNTO AO MINISTÉRIO PÚBLICO DO ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 50, CAPUT E INCISOS II E VI, DA LEI MUNICIPAL N° 3.936,_x000D_
 DE 08 DE DEZEMBRO DE 2011, QUE TRATA DA POLÍTICA MUNICIPAL DE HABITAÇÃO NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PADRONIZAÇÃO DAS CORES DE IMÓVEIS PÚBLICOS PERTENCENTES E/OU MANTIDOS PELO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO MAPA DE_x000D_
 ZONEAMENTO DE USO E OCUPAÇÃO DE_x000D_
 PROPRIEDADES URBANAS E RURAIS E INCISOS I E_x000D_
 II DO ARTIGO 44, INTEGRANTES DA LEI N°_x000D_
 3.589/09, DE 05 DE JANEIRO DE 2009.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE ALTERAÇÃO DO INCISO IV, DO ARTIGO 22, DA LEI MUNICIPAL N° 4.011, DE 14 DE AGOSTO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORGAMENTIDAS DE 2017.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL N° 4.152, DE 10 DE OUTUBRO DE 2013 E 'ID OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CREDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO_x000D_
 MUNICIPIO DE ARAPONGAS, PARA O EXERCIDO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO IDA LEI N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORÇAMENTARIAS DE 2017. </t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE ALTERAÇÃO DO § 4, DO ARTIGO 145, DA LEI MUNICIPAL N° 4.451, DE 25 DE JANEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.176, DE 09/12/2013 E NO ANEXO V DA LEI 4.488, DE 23/06/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO PI DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTARIAS DE 2017.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA DAR EM COMODATO TERRENO DE  PROPRIEDADE DO MUNICÍPIO_x000D_
 ASSOCIAÇÃO SAGRADA FAMÍLIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 3.749, DE 19 DE ABRIL DE 2010, QUE DISPÕE SOBRE DOAÇÃO DE TERRENO Ã ASSOCIAÇÃO SAGRADA FAMÍLIA.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 4.043, DE 20 DE NOVEMBRO DE 2012, QUE AUTORIZA O MUNICÍPIO À DAR EM COMODATO TERRENO À ASSOCIAÇÃO DA IGREJA METODISTA &amp;#8212; 6 REGIÃO ECLESIÁSTICA.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE ARAPONGAS, PARA O PERÍODO 2018 A 2021, EXPRESSO EM NORMAS, AÇÕES PRIORITÁRIAS, DIRETRIZES, OBJETIVOS E METAS A SEREM OBSERVADOS PELAS UNIDADES DA ADMINISTRAÇÃO DIRETA, FUNDOS E ÓRGÃOS DA ADMINISTRAÇÃO INDIRETA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DOS ARTIGOS 23 E 24 DA LEI MUNICIPAL 4.453/2016 SOBRE O PLANO DE CARGOS E CARREIRAS</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAÇÃO DOS ARTIGOS 101 E 127 DA LEI MUNICIPAL 4.451/2016 SOBRE O REGIME JURIDICO DOS SERVIDORES</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO E AUTORIZA A VENDA DE IMÓVEIS PERTENCENTES AO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA 0 PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGENCIA DE FOMENTO DO PARANÁ S.A. </t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO PI DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017. </t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGAÇÃO DA LEI 4.453 COPARP</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI Nº. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO I DA LEL N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORÇAMENTARIAS DE 2017</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2018 - LOA</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETAÇÃO DE LOTE DE TERRA</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVOGAÇÃO DO ARTIGO 2 DA LEI N° 3.478/07, DE 19 DE NOVEMBRO DE 2007 I_x000D_
 E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORÇAMENTARIAS DE 2017.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERA0O DO ARTIGO 2°,_x000D_
 DA LEI MUNICIPAL N24.062, DE 04 DE_x000D_
 DEZEMBRO DE 2012 E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE ALTERAÇÃO DO ARTIGO 12 E 13, DA LEI MUNICIPAL N º 4.301, DE 23 DE SETEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA DAR EM_x000D_
 CESSÃO DE USO E DESAFETAÇÃO, LOTE DE TERRAS_x000D_
 DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS_x000D_
 IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS, BEM COMO A_x000D_
 REVOGAÇÃO DA LEI MUNICIPAL N 3.414 DE 04_x000D_
 DE JULHO DE 2007. </t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA DESAFETAR E_x000D_
 DAR EM COMODATO TERRENO DE PROPRIEDADE_x000D_
 DO MUNICÍPIO Ã IGREJA EVANGÉLICA_x000D_
 ASSEMBLEIA DE DEUS. </t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 DISPÕE SOBRE AUTORIZAÇÃO AO PODER_x000D_
 EXECUTIVO MUNICIPAL PARA CONCESSÃO DE_x000D_
 ESPAÇO PÚBLICO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL ESPECIAL, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017. </t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE DESCONTO_x000D_
 PARA PAGAMENTO DE IMPOSTOS, TAXAS E_x000D_
 CONTRIBUIÇÃO DE MELHORIAS PARA O_x000D_
 EXERCÍCIO FINANCEIRO DE 2018. </t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE_x000D_
 CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO_x000D_
 MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A_x000D_
 AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO_x000D_
 PLURIANUAL 2014 A 2017 NO ANEXO IDA LEI N°. 4.526, DE_x000D_
 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 -_x000D_
 LEI DE DIRETRIZES ORÇAMENTARIAS DE 2017. </t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA DAR EM CESSÃO_x000D_
 DE USO E DESAFETAÇÃO, LOTE DE TERRAS DE_x000D_
 PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS, Á_x000D_
 IGREJA MISSIONÁRIA GERAÇÃO ELEITA E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS, BEM COMO A REVOGAÇÃO DA LEI_x000D_
 MUNICIPAL 4.457 DE 16 DE MARÇO DE 2016. </t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA DAR EM_x000D_
 COMODATO E DESAFETAR TERRENO DE_x000D_
 PROPRIEDADE DO MUNICÍPIO À PARÓQUIA_x000D_
 SANTÍSSIMA TRINDADE.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA DAR EM_x000D_
 COMODATO E DESAFETAR TERRENO DE_x000D_
 PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS Ã_x000D_
 IGREJA ASSEMBLEIA DE DEUS VIDA COM CRISTO. </t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERAÇÃO DA REDAÇÃO DOART.12_x000D_
 DA LEI MUNICIPAL N2. 2.612, DE 08 DE ABRIL DE_x000D_
 1999 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI, COM BASE NA LEI ORGÂNICA DA ASSISTÊNCIA SOCIAL &amp;#8211; LOAS (LEI FEDERAL 8.742/93), A PROVISÃO DE BENEFÍCIOS EVENTUAIS NO ÂMBITO DA POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO PARA DAR EM COMODATO TERRENO DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS À IGREJA EVANGÉLICA MISSIONÁRIA SÓ O SENHOR É DEUS.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REVOGAÇÃO DA LEI MUNICIPAL Nº 3.414, DE 04 DE JULHO DE 2007. </t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE HORTA COMUNITÁRIA NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO PARA DAR EM COMODATO TERRENO DE PROPRIEDADE DO MUNICÍPIO DE ARAPONGAS À IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS. </t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DO PRAZO FIXADO NO ART. 1º DA LEI MUNICIPAL Nº 4.436, DE 17 DE DEZEMBRO DE 2015, QUE MODIFICOU DISPOSIÇÃO CONSTANTE NO ART. 1º, DA LEI 4.113, DE 11. DE JUNHO DE 2013, QUE MODIFICOU DISPOSIÇÃO CONSTANTE NO ART. 1º, DA LEI MUNICIPAL Nº 3.874, DE 09 DE JUNHO DE 2011, QUE ALTEROU O ART. 3º DA LEI MUNICIPAL Nº 3.771, DE 07 DE JUNHO DE 2010.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL E OS PROCEDIMENTOS DE INSPEÇÃO SANITÁRIA EM ESTABELECIMENTOS QUE PRODUZEM E MANIPULAM PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A EFETUAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO DO MUNICÍPIO DE ARAPONGAS, PARA O EXERCÍCIO DE 2017 E A AJUSTAR AS PROGRAMAÇÕES ESTABELECIDAS NO PLANO PLURIANUAL 2014 A 2017 NO ANEXO I DA LEI N°. 4.526, DE 13/12/2016 E NO ANEXO V DA LEI 4.525, DE 13/12/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2017. </t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Complementar </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERAÇÃO DA LEI COMPLEMENTAR N2 002, DE 17 DE DEZEMBRO DE 2009, QUE TRATA DO LANÇAMENTO, ARRECADAÇÃO E FISCALIZAÇÃO DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA E DÁ OUTRAS ALTERAÇÕES. </t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A PLANTA GENÉRICA DE VALORES. </t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ANEXO VII DA LEI MUNICIPAL Nº. 2.854, DE 19 DE DEZEMBRO DE 2001 (CÓDIGO TRIBUTÁRIO MUNICIPAL).</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE MOBILIDADE URBANA E O SISTEMA DE MOBILIDADE URBANA_x000D_
 DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>PLC L</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Leg.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA REDAÇÃO DO ART. 62 E SEUS PARÁGRAFOS DA LEI 2.854, DE 19 DE DEZEMBRO DE 2001, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ARAPONGAS, INSTITUINDO O PARCELAMENTO DO ITBI - IMPOSTO SOBRE TRANSMISSÃO DE BENS IMÓVEIS INTERVIVOS E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL, A &amp;#8226; ORGANIZAÇÃO DE PROTEÇÃO ANIMAL DE ARAPONGAS &amp;#8212; OPAA (ASSOCIAÇÃO CIVIL DE DIREITO PRIVADO, SEM FINS LUCRATIVOS).</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO A "SEMANA MUNICIPAL DA CONSCIENTIZAÇÃO SOBRE O TRANSTORNO DO ESPECTRO AUTISTA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA A REALIZAÇÃO DE SERVIÇO OU REFORMA NOS JAZIGOS DO CEMITÉRIO DE ARAPONGAS PARANÁ.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL, A ASSOCIAÇÃO PROMUSPE (PROJETO MUSICALIZAÇÃO NA PSICOMOTRICIDADE ESPECIAL) DE ARAPONGAS&amp;#8212; PR.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DIA DA REFORMA PROTESTANTE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA E INCLUI A "SEMANA DE INCENTIVO À PRÁTICA DE MODALIDADES PARALÍMPICAS" NO CALENDÁRIO OFICIAL DE EVENTOS ESPORTIVOS DO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 282, ALTERA E ACRESCE PARÁGRAFO ÚNICO AO ART. 283 E ACRESCE INCISOS E ALÍNEAS AO ART. 307, AMBOS DA LEI 3.592, DE 05_x000D_
 DE JANEIRO DE 2009, QUE DISPÕE SOBREO CÓDIGO DE POSTURAS DO MUNICÍPIO DE ARAPONGAS, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS VALORES DAS DIÁRIAS PARA OS VEREADORES E SERVIDORES DO PODER LEGISLATIVO DE ARAPONGAS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA QUE, NO MÍNIMO 5% (CINCO POR_x000D_
 CENTO) DAS VAGAS DAS EMPRESAS, COM FINS LUCRATIVOS,_x000D_
 QUE FOREM BENEFICIADAS POR INCENTIVO FISCAL OUTORGADO_x000D_
 PELO MUNICÍPIO DE ARAPONGAS, DEVEM SER RESERVADAS AO_x000D_
 PRIMEIRO EMPREGO</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS_x000D_
 ABANDONADOS EM LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE_x000D_
 ARAPONGAS, ESTADO DO PARANÁ, SANÇÕES AOS SEUS_x000D_
 RESPECTIVOS PROPRIETÁRIOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DE COMBATE AO_x000D_
 ABUSO E À EXPLORAÇÃO SEXUAL DE CRIANÇAS E_x000D_
 ADOLESCENTES"</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA DO FESTIVAL DE MÚSICA" (SEFEMU) NO MUNICÍPIO DE ARAPONGAS &amp;#8212;_x000D_
 PR E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PADRONIZAÇÃO DAS CORES DE IMÓVEIS PÚBLICOS PERTENCENTES E/OU MANTIDOS PELO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL E REAJUSTE DOS VENCIMENTOS, FUNÇÕES GRATIFICADAS, PROVENTOS E PENSÕES DOS SERVIDORES ATIVOS E INATIVOS DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL, REAJUSTE E FIXAÇÃO DOS SUBSÍDIOS DOS SECRETÁRIOS MUNICIPAIS E DO PROCURADOR GERAL DO MUNICÍPIO, E DÁ OUTRAS -_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A SEMANA DE CONSCIENTIZAÇÃO E COMBATE À ALIENAÇÃO PARENTAL.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A OBRIGATORIEDADE A UTILIZAÇÃO DAS LUMINÁRIAS DE LED, QUANDO DA IMPLANTAÇÃO DE NOVOS LOTEAMENTOS E QUANDO DA IMPLANTAÇÃO DE NOVAS LUMINÁRIAS NO MUNICÍPIO DE ARAPONGAS/PR.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE ARAPONGAS &amp;#8212; PR 0 PROGRAMA MUNICIPAL DE EQUOTERAPIA, VOLTADO PARA CRIANÇAS E ADULTOS COM DEFICIÊNCIAS FÍSICA OU INTELECTUAL, DISTÚRBIOS COMPORTAMENTAIS, BEM COMO AS VÍTIMAS DE ACIDENTES E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ESTERILIZAÇÃO GRATUITA DE CANINOS E FELINOS (CÃES E GATOS) COMO FUNÇÃO DE SAÚDE PÚBLICA E CONTROLE AMBIENTAL; INSTITUI SUA PRÁTICA COMO MÉTODO OFICIAL DE CONTROLE POPULACIONAL E DE ZOONOSES; PROFBE O EXTERMÍNIO SISTEMÁTICO DE ANIMAIS URBANOS; AUTORIZA O PODER EXECUTIVO A DISPONIBILIZAR ESPAÇOS DE ATENDIMENTO VETERINÁRIO NO MUNICÍPIO DE ARAPONGAS &amp;#8212; PR E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNICÍPIO DE ARAPONGAS INSTITUIR O "PROGRAMA INCENTIVO AO ACESSO A EDUCAÇÃO", ATRAVÉS DE CONVÊNIO COM ESCOLAS PARTICULARES DE EDUCAÇÃO INFANTIL, DESTINADO A CRIANÇAS EM SITUAÇÃO DE VULNERABILIDADE SOCIOECONÔMICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O PODER_x000D_
 EXECUTIVO INSTITUIR O PROGRAMA 'FARMÁCIA_x000D_
 SOLIDÁRIA" NO MUNICÍPIO DE ARAPONGAS E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA MUNICIPAL, A CASA DE APOIO MADRE TEREZA DE ARAPONGAS &amp;#8212; PR.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA ADOTE UMA PRAÇA OU  CANTEIRO E ESTABELEÇA REGRAS ESPECIAIS PARA A CELEBRAÇÃO DE TERMOS DE COOPERAÇÃO COM INICIATIVA PROVADA, NO ÂMBITO DO REFERIDO PROGRAMA.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS DA MOBILIZAÇÃO DE TODOS PELO FIM DA VIOLÊNCIA CONTRA A MULHER (CAMPANHA DO LAÇO BRANCO) E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE EXIGÊNCIA DO CARTÃO DA CRIANÇA OU DA CADERNETA DE SAÚDE DA CRIANÇA NO ATO DA MATRÍCULA DOS ALUNOS DA EDUCAÇÃO INFANTIL E DA PRIMEIRA ETAPA DO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO E FUNCIONAMENTO DE CEMITÉRIOS PARTICULARES NO MUNICÍPIO DE ARAPONGAS E DA OUTRAS PROVIDENCIAS NO SETOR.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO VOLUNTÁRIO NO MUNICÍPIO DE ARAPONGAS &amp;#8211; PR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>PLANO INTEGRADO DE GERENCIAMENTO DE RESÍDUOS DA CONSTRUÇÃO CIVIL NO MUNICÍPIO DE ARAPONGAS-PR, QUE DISCIPLINA OS TRANSPORTADORES DE RESÍDUOS EM GERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SETEMBRO AMARELO DE PREVENÇÃO AO SUICIDIO EM ARAPONGAS</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE COMEMORAÇÕES DO MUNICIPIO DE ARAPONGAS O DIA DO NASCITURO</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx</t>
   </si>
   <si>
     <t>ADOTE UMA ESCOLA OU CMEI</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESCARTE DE LÂMPADAS, PILHAS, BATERIAS, BATERIAS DE CELULAR E OUTROS TIPOS DE ACUMULADORES DE ENERGIA NO ÂMBITO DO MUNICÍPIO DE ARAPONGAS &amp;#8211; PR.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI A &amp;#8216;SEMANA DE COMBATE A PEDOFILIA&amp;#8217; NO MUNICÍPIO DE ARAPONGAS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO DE INICIAÇÃO AO ESPORTE DO CENTRO SOCIAL URBANO </t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL &amp;#8220; JOSÉ ONOFRE DA SILVA&amp;#8221;, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE NO ÂMBITO DO SISTEMA MUNICIPAL DE ENSINO O PROGRAMA ESCOLA SEM PARTIDO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARO DE UTILIDADE PÚBLICA MUNICIPAL,O INSTITUTO REAÇÃO EMPRESARIAL DE ARAPONGAS - PR.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS SANÇÕES ADMINISTRATIVAS APLICADAS PELO MUNICÍPIO DE ARAPONGAS &amp;#8211; PR ÀS PESSOAS FLAGRADAS EM PRAÇAS, PARQUES, JARDINS, UNIDADES DE ENSINO, HOSPITAIS E POSTOS DE SAÚDE, E DEMAIS LOGRADOUROS/ESPAÇOS PÚBLICOS, FAZENDO USO DE DROGAS ILÍCITAS, SEM DETERMINAÇÃO LEGAL OU REGULAMENTAR, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A IMPLANTAÇÃO DAS TÉCNICAS DE JUSTIÇA RESTAURATIVA (PACIFICAÇÃO RESTAURATIVA) NA RESOLUÇÃO DOS CONFLITOS DENTRO DO AMBIENTE ESCOLAR NO MUNICÍPIO DE ARAPONGAS &amp;#8211; PR E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE ARAPONGAS O &amp;#8220;DIA_x000D_
 DA CONSCIENTIZAÇÃO E PREVENÇÃO DA SÍNDROME ALCOÓLICA FETAL&amp;#8221;, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A VIGILÂNCIA ELETRÔNICA A PROTEÇÃO À INFÂNCIA E Á JUVENTUDE NO AMBIENTE EDUCACIONAL</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t xml:space="preserve">Levi do Handebol, Osvaldo </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO O PROJETO " MOVIMENTO PELA SAÚDE ARAPONGAS".</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>Dr. Fernando Oliveira, Miguel Messias</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECOLHIMENTO E DESTINAÇÃO DE PNEUS VELHOS, INUTILIZADOS OU INUTILIZÁVEIS NO MUNICÍPIO DE ARAPONGAS - PR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE A DISTRIBUIÇÃO, EXPOSIÇÃO E DIVULGAÇÃO_x000D_
 DE MATERIAL DIDÁTICO CONTENDO MANIFESTAÇÃO DA_x000D_
 IDEOLOGIA E IGUALDADE DE GÊNERO NOS_x000D_
 LOCAIS PÚBLICOS, PRIVADOS DE ACESSO AO PÚBLICO_x000D_
 E DE ENTIDADES DE ENSINO NO MUNICÍPIO DE_x000D_
 ARAPONGAS</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA &amp;#8220;ADOTE UMA ESCOLA OU CMEI (CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL)&amp;#8221; NO MUNICÍPIO DE ARAPONGAS &amp;#8211; PR._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMUNERAÇÃO DOS CARGOS EFETIVOS, COMISSIONADOS E FUNÇÕES GRATIFICADAS DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>VALE ALIMENTAÇÃO</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA RESOLUÇÃO N° 275/2012, QUE DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÃO ESPECIAL DE COMISSÃO PERMANENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ AO PLENÁRIO DA CÂMARA MUNICIPAL DE ARAPONGAS A DENOMINAÇÃO OFICIAL DE "PLENÁRIO SONIA ZANON BRESSAN", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA SOBRE A UTILIZAÇÃO E A IDENTIFICAÇÃO_x000D_
 DOS VEÍCULOS PERTENCENTES À CÂMARA_x000D_
 MUNICIPAL DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O PAGAMENTO DE DESPESAS ATRAVÉS_x000D_
 DO REGIME DE ADIANTAMENTO E ESTABELECE_x000D_
 NORMAS PARA A RESPECTIVA PRESTAÇÃO DE_x000D_
 CONTAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERAÇÃO DE DISPOSITIVO DA RESOLUÇÃO 204, DE 26 DE MARÇO DE 1991 - REGIMENTO INTERNO  </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ROTINAS E PROCEDIMENTOS PARA CONCESSÃO DE DIÁRIAS AOS SERVIDORES E AGENTES POLITICOS DA CAMARA MUNICIPAL DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMULA E ATUALIZA A "CÂMARA MIRIM", CRIADA PELA RESOLUÇÃO N° 250/2005, INSTITUINDO O "PROGRAMA VEREADOR MIRIM", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O CONTROLE DE FREQUÊNCIA DOS SERVIDORES DA CÂMARA</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGULAMENTO ADMINISTRATIVO DO PODER LEGISLATIVO DO MUNICÍPIO DE ARAPONGAS, O PLANO DE CARGOS E CARREIRAS DE SEUS SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/projeto_de_resolucao_patrimonio.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/projeto_de_resolucao_patrimonio.docx</t>
   </si>
   <si>
     <t>INSTITUI NORMAS E PROCEDIMENTOS DE ADMINISTRAÇÃO DOS BENS MÓVEIS E IMÓVEIS DA CÂMARA MUNICIPAL DE ARAPONGAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO OFÍCIO À EMPRESA PÚBLICA EBCT SOLICITANDO INFORMAÇÕES SOBRE A AUSÊNCIA DE ENTREGA DE CORRESPONDÊNCIAS NO CONJUNTO HABITACIONAL PIACENZA</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO À EMPRESA TUA,PEDIDO PARA DISPONIBILIZAR O_x000D_
 TRANSPORTE COLETIVO URBANO NOS BAIRROS DO SAN RAFAEL 5 E 6.,</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>MARCIO ANTONIO NICKENIG- VEREADOR, TENDO EM VISTA SUA_x000D_
 ESTADA EM SOROCABA - SP , NO DIA 16 DE FEVEREIRO DE 2017, EM VISITA A EMPRESA_x000D_
 VIA MAKER EDUCATION REPRESENTANTE LEGAL NA FABRICAÇÃO DOS PRODUTOS LEGO PARA_x000D_
 ADQUIRIR CONHECIMENTO E POSTERIOR ELABORAÇÃO DE PROJETO DE LEI QUE VISA A_x000D_
 IMPLANTAÇÃO NAS ESCOLA MUNICIPAIS DO 2° AO 5° ANO DE ARAPONGAS , COM FULCRO NA_x000D_
 RESOLUÇÃO N° 218/97 E ATO N° 001/2012, REQUER A LIBERAÇÃO DE 1,5 (UMA E_x000D_
 MEIA) DIÁRIA, DESTINADA AO RESSARCIMENTO DE DESPESAS, POR TRATAR-SE DE ASSUNTOS_x000D_
 DO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t xml:space="preserve">Angélica Enfermeira, Cleide Bisca </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>AS VEREADORAS SUBSCRITORAS DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES_x000D_
 REGIMENTAIS, VÊM, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE SEJA ENCAMINHADO_x000D_
 OFÍCIO NA PESSOA DA SENHORA JOANA DO NASCIMENTO PENNACHI, EXTENSIVO A TODOS OS_x000D_
 MEMBROS DA NOVA DIRETORIA DA CMEG - CÂMARA DA MULHER EMPREENDEDORA E GESTORA-_x000D_
 ARAPONGAS, PARABENIZANDO-OS PELA POSSE REALIZADA NO DIA DE HOJE, 20 DE FEVEREIRO DE_x000D_
 2017, NO AUDITÓRIO DA ACIA - ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE ARAPONGAS., E_x000D_
 DESDE JÁ DESEJANDO UMA PROFÍCUA A TODOS OS SEUS MEMBROS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA SUBSCRITORA DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM, À PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO OFICIO A_x000D_
 TUA (TRANSPORTE URBANO DE ARAPONGAS), PARA QUE SEJA SOLICITADA UMA LINHA DE_x000D_
 CIRCULAR QUE ATENDA A COMUNIDADE DO CAMPINHO PELO MENOS 03 VEZES AO DIA_x000D_
 SENDO QUE OS MORADORES DESSE LOCAL NÃO DESFRUTAM DESSE BENEFICIO TENDO QUE_x000D_
 FICAR NA BEIRA DA RODOVIA DEPENDENDO DOS ÔNIBUS DE LINHA OU DE CARONA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>A MESA DIRETORA, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, VEM COM_x000D_
 O DEVIDO RESPEITO À PRESENÇA DE VOSSAS EXCELÊNCIAS EXPOR E REQUERER QUE O PLENÁRIO_x000D_
 DESTA CASA DISCUTA E DELIBERE A RESPEITO DA REALIZAÇÃO DA SESSÃO ORDINÁRIA QUE ESTAVA_x000D_
 PREVISTA PARA ACONTECER NO DIA 28 DE FEVEREIRO PRÓXIMO, REALIZAR-SE DIA 03 DE MARÇO, AS_x000D_
 18:00, TENDO EM VISTA DIA 28 DE FEVEREIRO SER FERIADO DE CARNAVAL E DIA 01 DE MARÇO SER_x000D_
 QUARTA-FEIRA DE CINZAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES_x000D_
 REGIMENTAIS (ART. 115, § 40, I) VEM, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER A_x000D_
 INSERÇÃO NOS ANAIS DESTA CASA O VOTO DE PESAR PELO FALECIMENTO DA QUERIDA AMIGA_x000D_
 VANDA SANTA GRANATTO PABLOS, OCORRIDO NO DIA 19 DE FEVEREIRO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES_x000D_
 REGIMENTAIS, VEM OUVIDO O PLENÁRIO, REQUERER QUE SEJA ENCAMINHADA AO_x000D_
 DEPARTAMENTO DE ESTRADA E RODAGEM &amp;#8212; (DER/PARANÁ) O_x000D_
 REQUERIMENTO SOLICITANDO QUE SE TOME ALGUMA PROVIDÊNCIA IMEDIATA NA PR-218,_x000D_
 PRÓXIMO AO VIADUTO DE ACESSO A PR-444, ESSE TRECHO É PREDOMINANTEMENTE_x000D_
 URBANO, COM INDÚSTRIAS, CHÁCARAS DE LAZER, MORADIAS E DE GRANDE FLUXO DE_x000D_
 VEÍCULOS, ONDE A LOMBADA QUE SE ENCONTRA PRÓXIMO AO ENTRONCAMENTO DA PR-_x000D_
 218 COM A PR-444, NA CHEGADA AO MUNICÍPIO DE ARAPONGAS, ESTÁ FORA DOS_x000D_
 PADRÕES ESTABELECIDOS PELA RESOLUÇÃO 600/16 DO CÓDIGO DE TRÂNSITO BRASILEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES_x000D_
 REGIMENTAIS, VEM OUVIDO O PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO AO_x000D_
 ILUSTRÍSSIMO SENHOR DEPUTADO FEDERAL OSMAR SERRAGLIO E AGORA MINISTRO DA_x000D_
 JUSTIÇA, PARA QUE O MESMO POSSA INTERVIR DE FORMA IMEDIATA NA LIBERAÇÃO DE_x000D_
 RECURSOS E OU APROVAÇÃO DE PROJETOS PARA A CONSTRUÇÃO DO CENTRO DE DETENÇÃO_x000D_
 PROVISÓRIA (CDP) NO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
     <t xml:space="preserve">Aroldo Pagan, Cleide Bisca , Reivaldo </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES, SUBSCRITORES DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES_x000D_
 REGIMENTAIS, VÊM OUVIDO: ; O PLENÁRIO, REQUERER A APROVAÇÃO DESTE REQUERIMENTO A_x000D_
 FIM DE SOLICITAR INFORMAÇÕES E DOCUMENTOS JUNTO À COMPANHIA DE DESENVOLVIMENTO_x000D_
 DE ARAPONGAS - CODAR, CONFORME JUSTIFICATIVA ABAIXO:</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE_x000D_
 SUAS ATRIBUIÇÕES REGIMENTAIS, EM ESPECIAL O ART. 115, § 1°, INCISO V, VEM, À_x000D_
 PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER A RETIRADA DO PROJETO DE RESOLUÇÃO_x000D_
 N° 03/2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM, À PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO OFÍCIO_x000D_
 AO DEPARTAMENTO NACIONAL DE INFRA-ESTRUTURA DE TRANSPORTES_x000D_
 - DNIT, SOLICITANDO INFORMAÇÕES QUE ESCLAREÇAM AS SEGUINTES DÚVIDAS E ATENDAM_x000D_
 ÀS SEGUINTES SOLICITAÇÕES, COM FUNDAMENTO NO ART.8°. DA LEI 11.483/2007:</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO À EMPRESA DER (DEPARTAMENTO DE ESTRADAS E_x000D_
 RODAGENS) PARA QUE POSSA SER IMPLANTADO SEMÁFOROS NA BR 369 PRÓXIMA A EMPRESA_x000D_
 SIMBAL E PARA QUE SEJA CANCELADA A VIA QUE DA ACESSO AO PARQUE MOVELEIRO PELA RUA_x000D_
 PAVÃO E TRANSFERIDA PARA PROXIMIDADES DA EMPRESA MÓVEIS VILA VICA .</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES_x000D_
 REGIMENTAIS, VEM, OUVIDO O PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO OFÍCIO A_x000D_
 COMPANHIA DE HABITAÇAO DO PARANA &amp;#8212; COHAPAR, SOLICITANDO AS_x000D_
 SEGUINTES INFORMAÇÕES._x000D_
 NO MUNICÍPIO DE ARAPONGAS FOI CRIADO O CONJUNTO HABITACIONAL_x000D_
 PALMARES EM SISTEMA DE MUTIRÃO NO MÊS DE ABRIL DO ANO DE 1989, HAJA VISTO_x000D_
 QUE ATÉ HOJE NÃO FOI ENTREGUE A ESCRITURA DEFINITIVA AOS PROPRIETÁRIOS.</t>
   </si>
   <si>
     <t>Adauto Fornazieri, Angélica Enfermeira, Aroldo Pagan, Cleide Bisca , Dr. Fernando Oliveira, Levi do Handebol, Marcio Nicke, Maringá , Miguel Messias, Osvaldo , Pastor do Mercado, Reivaldo , Rubão, Tico do Bar, Toninho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SUBSCRITORES DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VÊM, PERANTE ESTE PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO_x000D_
 OFÍCIO PARABENIZANDO O SENHOR WANDERLEY VAZ DE LIMA, PRESIDENTE DA EXPOARA E_x000D_
 MOVELPAR &amp;#8212; FEIRA DE MÓVEIS DO PARANÁ, EXTENSIVO A TODOS OS DEMAIS ENVOLVIDOS_x000D_
 NA ORGANIZAÇÃO DO EVENTO, PELO ÊXITO NA REALIZAÇÃO DA FEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VÊM, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE_x000D_
 SEJA ENVIDADO OFÍCIO, À CÂMARA DA MULHER EMPREENDEDORA DE ARAPONGAS,_x000D_
 REPRESENTADA PELA PRESIDENTE JOANA NASCIMENTO, ESTENDENDO-SE A TODAS AS_x000D_
 SUAS INTEGRANTES, PARABENIZANDO-AS PELA PARTICIPAÇÃO NA 10A EDIÇÃO DO_x000D_
 CONGRESSO MULHERES DE SUCESSO, OCORRIDO NOS DIAS 12 E 13 DE MARÇO, EM FOZ_x000D_
 DO IGUAÇU.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE_x000D_
 SUAS ATRIBUIÇÕES REGIR. NENTAIS, EM ESPECIAL O ART. 115, § 1°, INCISO V, VEM, À_x000D_
 PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER A RETIRADA DO REQUERIMENTO N°_x000D_
 14/2017, DE SUA AUTORIA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM OUVIDO A PLENÁRIO, REQUERER QUE SEJA ENCAMINHADA_x000D_
 UMA MOÇÃO DE APLAUSOS EM RECONHECIMENTO AO TRABALHO DA POLICIA_x000D_
 MILITAR DE ARAPONGAS, QUE MESMO COM O AUMENTO DA CRIMINALIDADE E_x000D_
 PERVERSIDADE NAS AÇÕES DOS CRIMINOSOS NO PAÍS, EM COMPARAÇÃO COM OUTROS_x000D_
 MUNICÍPIOS, ARAPONGAS NOTORIAMENTE OBTEVE RESULTADOS EXTREMAMENTE_x000D_
 RELEVANTES COMO, POR EXEMPLO; IMPLEMENTAÇÃO, COORDENAÇÃO E_x000D_
 ESTRUTURAÇÃO DO CURSO DE FORMAÇÃO DE SOLDADOS,_x000D_
 ARTICULAÇÃO E BOM RELACIONAMENTO COM COMUNIDADE,_x000D_
 EMPRESÁRIOS E CONSELHO DE SEGURANÇA PERMITIRAM AQUISIÇÃO_x000D_
 DE (04) QUATRO CARABINAS 5.56 (FUZIS), (1) UMA SUBMETRALHADORA_x000D_
 9 MM E DO ESTADO (03) CARABINAS E (04) QUATRO_x000D_
 SUBMETRALHADORAS, MELHORANDO CONSIDERAVELMENTE A_x000D_
 SENSAÇÃO DE SEGURANÇA DA POPULAÇÃO E TAMBÉM DOS_x000D_
 PRÓPRIOS POLICIAIS QUE CONSTANTEMENTE SE DEPARAM COM_x000D_
 QUADRILHAS FORTEMENTE ARMADAS, AUMENTO DE VIATURAS,_x000D_
 CRIAÇÃO DA PATRULHA RURAL, IMPLEMENTAÇÃO DA EQUIPE MOTOS,_x000D_
 APARELHAMENTO DO SERVIÇO DE INTELIGÊNCIA, RECICLAGEM DE_x000D_
 POLICIAIS E GMS DO CANIL, CONSTRUÇÃO E REFORMA DO QUARTEL,_x000D_
 EX: COPOM ,E POR FIM INICIOU A CONSTRUÇÃO DA NOVA SEDE DA_x000D_
 ROTAM.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM OUVIDO A PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO_x000D_
 VOTO DE REPÚDIO AO SENHOR DEPUTADO RODRIGO MAIA &amp;#8212; PRESIDENTE DA CÂMARA_x000D_
 DOS DEPUTADOS FEDERAIS._x000D_
 O VOTO DE REPÚDIO SE MANIFESTA POR CONTA À PROPOSTA DE_x000D_
 EMENDA À CONSTITUIÇÃO (PEC 287/2016), DO GOVERNO FEDERAL, QUE TRATA DA_x000D_
 REFORMA DA PREVIDÊNCIA SOCIAL.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VÊM, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE_x000D_
 SEJA ENVIADO OFÍCIO, À EMPRESA DE SANEAMENTO AMBIENTAL E TRANSPORTE DE_x000D_
 RESÍDUOS &amp;#8212; SANETRAN, NA PESSOA DE REGINALDO CELESTINO QUEIROZ,_x000D_
 RESPONSÁVEL PELA EMPRESA, SOLICITANDO INFORMAÇÕES SOBRE A FORMA DE TRABALHO_x000D_
 NO CONJUNTO CENTAURO, QUAIS SEJAM:</t>
   </si>
   <si>
     <t>Angélica Enfermeira, Adauto Fornazieri</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SUBSCRITORES DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM OUVIDO O PLENÁRIO, REQUER QUE JUNTO COM A SANEPAR_x000D_
 PROVIDENCIE ESTUDO E IMPLANTAÇÃO DE REDE DE ESGOTO NO CONJUNTO ARAUCÁRIA 2</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA SUBSCRITORA DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM, À PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO OFICIO A_x000D_
 TUA (TRANSPORTE URBANO DE ARAPONGAS), PARA QUE SEJA SOLICITADA QUE A CIRCULAR_x000D_
 FAÇA O TRAJETO DA RUA BATUQUIRA ATÉ A RUA JACU MIRIM LOCALIZADA NO JARDIM SANTO_x000D_
 ANTÔNIO POIS A MESMA FAZ O TRAJETO ATÉ A METADE DA BATUQUIRA DEIXANDO O BAIRRO_x000D_
 SEM O BENEFÍCIO DO TRANSPORTE COLETIVO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADORES SUBSCRITORORES DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS (ART. 115, § 40, I) VEM, À PRESENÇA DE VOSSA EXCELÊNCIA,_x000D_
 REQUERER A INSERÇÃO NOS ANAIS DESTA CASA O VOTO DE PESAR PELO FALECIMENTO DA_x000D_
 QUERIDA AMIGA ANTONIA DOLCE CHAVIOLI, OCORRIDO NO DIA 02 DE ABRIL.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SUBSCRITORES DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS VEM, OUVIDO O PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO_x000D_
 EXPEDIENTE AO EXMO. SR. PREFEITO DO MUNICÍPIO DE ARAPONGAS, SÉRGIO ONOFRE DA SILVAS_x000D_
 SOLICITANDO O QUE SEGUE:_x000D_
 TRAMITA NESTA CASA DE LEIS PROJETO DE LEI N° 14/2017, QUE TRATA_x000D_
 DE CRÉDITO ADICIONAL SUPLEMENTAR PARA CUSTEIO DE DESPESAS EM VÁRIAS SECRETARIAS._x000D_
 NO ÓRGÃO: 02.00 &amp;#8212;SECRETARIA MUNICIPAL DE GOVERNO,_x000D_
 02.01 &amp;#8212; MANUTENÇÃO DOS SERVIÇOS DA SECRETARIA DE GOVERNO, NA DOTAÇÃO DE DESPESA_x000D_
 041220003.2.002/3.3.90.39.00, CONSTA O VALOR DE R$ 1.200.000,00._x000D_
 CONFORME LEVANTAMENTO, TAL VALOR SERÁ DESTINADO A EVENTUAIS_x000D_
 GASTOS COM RUBLICIDADE DO PODER EXECUTIVO._x000D_
 SENDO ASSIM, VISANDO DAR CUMPRIMENTO À FUNÇÃO FISCALIZADORA_x000D_
 DESTE PODER LEGISLATIVO, REQUER SEJA ENCAMINHADO DEMONSTRATIVO DOS VALORES GASTOS_x000D_
 PELA PREFEITURA 'MUNICIPAL DE ARAPONGAS REFERENTE AOS SERVIÇOS DE PROPAGANDA E_x000D_
 PUBLICIDADE QUE EVENTUALMENTE SERÃO REALIZADOS NO DECORRER DO ANO DE 2017,_x000D_
 ESPECIFICANDO INÉS A MÊS O VALOR TOTAL DA DESPESA REALIZADA, CONTENDO O NOME DE_x000D_
 CADA EMPRESA E O VALOR QUE RECEBEU PARA PROMOVER CADA DIVULGAÇÃO E O SEU OBJETIVO.</t>
   </si>
   <si>
     <t>Adauto Fornazieri, Maringá , Miguel Messias, Osvaldo , Rubão, Tico do Bar</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SUBSCRITORES DO PRESENTE, NO USO_x000D_
 DE SUAS ATRIBUIÇÕES REGIMENTAIS VEM, OUVIDO O PLENÁRIO, SOLICITAR QUE O_x000D_
 REQUERIMENTO N.° (2 5 /2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE_x000D_
 URGÊNCIA, COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS E COM DISPENSA DE_x000D_
 INTERSTÍCIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM A PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO OFÍCIO AO PODER_x000D_
 EXECUTIVO E SECRETARIA COMPETENTE, SOLICITANDO INFORMAÇÕES QUE ESCLAREÇAM DÚVIDAS A_x000D_
 RESPEITO DO FUNCIONAMENTO ADEQUADO DAS CÂMERAS DE MONITORAMENTO, DESTA CIDADE, QUE_x000D_
 SEGUNDO RELATOS DE POPULARES QUE NOS PROCURARAM PESSOALMENTE E NO GABINETE, NÃO_x000D_
 ESTARIAM A SUA TOTALIDADE EM FUNCIONAMENTO, ENCAMINHANDO-SE OS QUESTIONAMENTOS:</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VÊM, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE_x000D_
 SEJA ENVIADO OFICIO, AOS ESTABELECIMENTOS DE ENSINO DE ARAPONGAS_x000D_
 CLASSIFICADOS DURANTE A PARTICIPAÇÃO NA FASE MUNICIPAL DOS JOGOS ESCOLARES DO_x000D_
 PARANÁ, PARABENIZANDO-OS PELA CLASSIFICAÇÃO PARA A FASE REGIONAL DA 64A_x000D_
 EDIÇÃO DOS JOGOS, ONDE REPRESENTARÃO O MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SUBSCRITORES DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VÊM, À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER QUE_x000D_
 SEJA ENVIDADO VOTO DE LOUVOR AO GRUPO TEATRAL "MÃE DO CÉU", QUE APRESENTA_x000D_
 O PROJETO SEMANA SANTA EM NOSSO MUNICÍPIO INCENTIVANDO AS TRADIÇÕES DO_x000D_
 CRISTIANISMO E A CULTURA ATRAVÉS DA ENCENAÇÃO DA PAIXÃO DE CRISTO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA SUBSCRITORA DO PRESENTE, NO USO DE_x000D_
 SUAS ATRIBUIÇÕES REGIMENTAIS VEM OUVIDO O PLENÁRIO, SOLICITAR QUE O_x000D_
 REQUERIMENTO N.° 29 /2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE_x000D_
 URGÊNCIA, COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS E COM DISPENSA_x000D_
 DE INTERSTÍCIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENVIADO UM OFÍCIO A TELEFONIA TIM SEDE ADMINISTRATIVA NA RUA:_x000D_
 GENERAL MÁRIO TOURINO 365 SEMINÁRIO CURITIBA/PR.</t>
   </si>
   <si>
     <t>Cleide Bisca , Dr. Fernando Oliveira, Maringá , Miguel Messias, Toninho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBJETIVANDO A LIBERAÇÃO DE PASSAGEM / DESCONTO TARIFÁRIO PARA OS_x000D_
 VEÍCULOS DE PLACAS DE ARAPONGAS &amp;#8212; PR, PORTADORES E TAG E PERTENCENTES_x000D_
 AOS MUNÍCIPES RESIDENTES E DOMICILIADOS NESTA CIDADE, PELAS CANCELAS DA &amp;#8226; PRAÇA DE PEDÁGIO DE ARAPONGAS-PR, TANTO NO SENTIDO DE IDA QUANTO NO_x000D_
 SENTIDO DE VOLTA.</t>
   </si>
   <si>
     <t xml:space="preserve">Miguel Messias, Dr. Fernando Oliveira, Maringá </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SUBSCRITORES DO PRESENTE, NO USO_x000D_
 DE SUAS ATRIBUIÇÕES REGIMENTAIS VEM, OUVIDO O PLENÁRIO, SOLICITAR QUE O_x000D_
 REQUERIMENTO N.° 3AI /2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE_x000D_
 URGÊNCIA, COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS E COM DISPENSA DE_x000D_
 INTERSTÍCIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, SUBSCRITOR DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES_x000D_
 REGIMENTAIS, VEM, OUVIDO O PLENÁRIO, REQUERER A APROVAÇÃO DESTE REQUERIMENTO_x000D_
 A FIM DE SOLICITAR INFORMAÇÕES Á SECRETARIA DE FINANÇAS DO MUNICÍPIO DE_x000D_
 ARAPONGAS, CONFORME JUSTIFICATIVA ABAIXO:</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA SUBSCRITORA DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM, À PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO OFÍCIO A_x000D_
 POLÍCIA MILITAR DE ARAPONGAS SOLICITANDO RONDA EFETIVA E CONTÍNUA NA ZONA RURAL_x000D_
 QUE ABRANGERIA O RIBEIRÃO LAJEADO, ÁGUA DA ILHA, ÁGUA DA TAIÚVA,ESTRADA ALIANÇA,_x000D_
 CÓRREGO LCUAVANA, GLEBA ORLE E CAMPINHO ÁREAS ESSAS ONDE AS PROPRIEDADES E_x000D_
 SEUS MORADORES VEM SENDO ALVO DE CONSTANTES ARROMBAMENTOS E ROUBOS TANTO_x000D_
 NAS RESIDÊNCIAS COMO NOS GALPÕES ONDE SÃO GUARDADOS SEUS INSUMOS AGRÍCOLAS_x000D_
 E MAQUINÁRIOS QUE SÃO AS FERRAMENTAS DE TRABALHO DOS AGRICULTORES CAUSANDO_x000D_
 PREJUÍZOS FINANCEIROS E TRAUMAS EMOCIONAIS, DEIXANDO ASSIM OS MESMOS EM_x000D_
 CONSTANTE ESTADO DE ALERTA E MEDO POIS ESTÃO DESPROTEGIDOS E A MERCÊ DESSES_x000D_
 INDIVÍDUOS MAL INTENCIONADOS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS, VEM A PLENÁRIO, REQUERER QUE SEJA ENCAMINHADO OFICIO 'A_x000D_
 EMPRESA COMPANHIA DE SANEAMENTO DO PARANÁ - SANEPAR, SOLICITANDO_x000D_
 410 INFORMAÇÕES QUE ESCLAREÇAM DÚVIDAS A RESPEITO DE EVENTUAIS INTERRUPÇÕES DE_x000D_
 FORNECIMENTO DE ÁGUA, EM ALGUNS BAIRROS, EM ESPECIAL ZONA SUL E NO JARDIM PLANALTO,_x000D_
 NESTA CIDADE, NOS FINAIS DE SEMANA E FERIADOS, QUE SEGUNDO RELATOS DE POPULARES QUE_x000D_
 NOS PROCURARAM PESSOALMENTE E NO GABINETE, O FORNECIMENTO DE ÁGUA ESTARIA SENDO_x000D_
 INTERROMPIDO AOS FINAIS DE SEMANA OCASIONANDO TRANSTORNOS AOS MORADORES DAQUELA_x000D_
 REGIÃO. ENCAMINHANDO-SE OS QUESTIONAMENTOS:</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES SUBSCRITORES DO PRESENTE, NO USO DE SUAS_x000D_
 ATRIBUIÇÕES REGIMENTAIS (ART. 115, § 4°, I) VEM, À PRESENÇA DE VOSSA EXCELÊNCIA,_x000D_
 REQUERER A INSERÇÃO NOS ANAIS DESTA CASA O VOTO DE PESAR PELO FALECIMENTO DO_x000D_
 QUERIDO AMIGO JOÃO BATISTA BARONESA, OCORRIDO NO DIA 06 DE MAIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR SUBSCRITOR DO PRESENTE, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, EM_x000D_
 ESPECIAL O ART. 115, § 1°, INCISO V, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE_x000D_
 ARAPONGAS-PR, VEM À PRESENÇA DE VOSSA EXCELÊNCIA, REQUERER A RETIRADA DO_x000D_
 PROJETO DE LEI N° 12/2017.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUE QUE SEJA ENVIADO OFÍCIO A TUA, PARA QUE SEJA REALIZADO UMA LIMPEZA ADEQUADA NO TERMINA URBANO DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA ENCAMINHADO OFÍCIO A SANEPAR, SOLICITANDO AMPLIAÇÃO DA REDE DE ESGOTO NOS BAIRROS DA ZONA SUL.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA ENVIADO MOÇÃO DE APLAUSO, À PROFESSORA DE EDUCAÇÃO FÍSICA, LAIS REGINA TELES CAMPOS REGO, PELA PARTICIPAÇÃO NAS OLÍMPIADAS E PARALÍMPIADAS COMO ÁRBITRA NA MODALIDADE DE ATLETISMO, QUE ACONTECERAM EM JULHO E SETEMBRO DE 2016, RESPECTIVAMENTE. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA ENCAMINHADO ESTE OFICIO AO DER (DEPARTAMENTO DE ESTRADAS E RODAGENS) PARA QUE POSSA SER SOLICITANDO ESTUDOS DE IMPLANTAÇÃO DE QUEBRA-MOLAS(LOMBADAS) OU REDUTORES DE VELOCIDADE NAS PROXIMIDADE DA LOJA HAVAN SITUADA NA BR369 SAÍDA PARA APUCARANA </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO OFÍCIO À SECRETARIA DE SEGURANÇA DO ESTADO DO PARANÁ SOLICITANDO O ENVIO DE UMA VIATURA PRA SER UTILIZADA NA SEGURANÇA DA ZONA RURAL, SABENDO-SE QUE A POLÍCIA FAZ ESSE SERVIÇO EM TODA A EXTENSÃO DO MUNICÍPIO COM APENAS UMA VIATURA DIFICULTANDO O TRABALHO E A SEGURANÇA DA COMUNIDADE RURAL DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA ENVIADO OFÍCIO, AO COLÉGIO PRISMA, REPRESENTADO PELA DIRETORA SILVANA ZANIN DE MEDEIROS, ESTENDENDO-SE AOS PROFISSIONAIS E ALUNOS DAQUELA INSTITUIÇÃO DE ENSINO, PARABENIZANDO-OS PELA CONQUISTA DO TÍTULO DE CAMPEÃO SUL BRASILEIRO E VICE CAMPEÃO NACIONAL DA IX OLIMPÍADA DE RACIOCÍNIO MIND LAB, QUE ACONTECEU NO DIA 6 DE MAIO, EM SÃO PAULO. </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO_x000D_
 OFICIO AO LIMO. SR. CESAR VINICIUS KOGUT, ATUAL SECRETÁRIO MUNICIPAL SEGURANÇA_x000D_
 PÚBLICA E TRÂNSITO. SOLICITANDO AS SEGUINTES INFORMAÇÕES: &amp;#8226;_x000D_
 A SECRETARIA ESTA RECEBENDO AS INDICAÇÕES, RELACIONADAS AS ATRIBUIÇÕES_x000D_
 DA PASTA?_x000D_
 CASO AFIRMATIVO, QUAIS MEDIDAS ESTÃO SENDO TOMADAS A FIM DE_x000D_
 SOLUCIONAREM OS PROBLEMAS INDICADOS?_x000D_
 O PORQUÊ AS INDICAÇÕES NÃO VEM SENDO ACATADAS E NEM RESPONDIDAS?_x000D_
 DE QUE FORMA É FEITA A DISTRIBUIÇÃO DE SERVIÇOS E PLANEJAMENTOS APÓS_x000D_
 RECEBER INDICAÇÕES DOS VEREADORES, QUE NADA MAIS É O PEDIDO DA_x000D_
 POPULAÇÃO?</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO OFICIO À_x000D_
 SECRETARIA DE ADMINISTRAÇÃO DO MUNICÍPIO DE ARAPONGAS, SOLICITANDO_x000D_
 INFORMAÇÕES CONFORME JUSTIFICATIVA ABAIXO:_x000D_
 CONFORME NOTICIA AMPLAMENTE DIVULGADA NA SEMANA PASSADA,_x000D_
 HOUVE UM FURTO DE MAIS DE 80 PNEUS NO ALMOXARIFADO DA PREFEITURA MUNICIPAL_x000D_
 DE ARAPONGAS, LOCALIZADO NA RUA TANGARA, NO JARDIM VALE DA PEROBAS._x000D_
 SEGUNDO RELATOS DA IMPRENSA, O FATO TERIA SIDO NO FINAL DE SEMANA RETRASADO,_x000D_
 CONSTATADO NO DIA 22 DE MAIO DE 2017, PELA MANHÃ, QUANDO UM SERVIDOR_x000D_
 PÚBLICO CHEGOU AO LOCAL PARA TRABALHAR._x000D_
 &amp;#8226; CONSTA A INFORMAÇÃO DE QUE UMA EQUIPE DA POLÍCIA MILITAR (PM) FOI_x000D_
 ACIONADA E RECEBEU INFORMAÇÕES DE GIRE UMA PARLE DA COBERTURA DO DEPÓSITO_x000D_
 FOI REMOVIDA. ALÉM DOS 81 PNEUS DE MEDIDAS DIVERSAS QUE FOÍAM FURTADOS,_x000D_
 TAMBÉM 5 EXTRATORES DE FRUTÃ TAMBÉM DESAPARECERAM._x000D_
 PORTANTO, EM FACE DA GRAVIDADE DO FATO OCORRIDO, E CONSIDERANDOSE_x000D_
 NOSSA FUNÇÃO PRIMORDIAL QUE É A DE FISCALIZAR AS AÇÕES DO PODER PÚBLICO,_x000D_
 QUESTIONA-SE AO SENHOR SECRETÁRIO DE ADMINISTRAÇÃO DA PREFEITURA MUNICIPAL DE_x000D_
 ARAPONGAS:_x000D_
 A) QUAIS AS PROVIDÊNCIAS ADMINISTRATIVAS QUE FORAM TOMADAS PARA A_x000D_
 APURAÇÃO DO CRIME DE FURTO PRATICADO? CASO TENHA SIDO INSTAURADO PROCEDIMENTO ADMINISTRATIVO PARA INVESTIGAR A OCORRÊNCIA, ENCAMINHAR A_x000D_
 ESTA CASA DE LEIS CÓPIA DAS PEÇAS DO PROCEDIMENTO ATÉ ENTÃO REALIZADO;_x000D_
 QUAL O NUMERO E MODALIDADE DA LICITAÇÃO QUE FUNDAMENTOU A AQUISIÇÃO_x000D_
 DOS PNEUS FURTADOS? ENCAMINHAR CÓPIA DO CONTRATO ADMINISTRATIVO_x000D_
 FIRMADO BEM COMO A NOTA FISCAL DOS PNEUS, EMITIDA PELA EMPRESA_x000D_
 VENCEDORA DA LICITAÇÃO;_x000D_
 QUEM FOI O SERVIDOR PÚBLICO RESPONSÁVEL PELO RECEBIMENTO DOS PNEUS_x000D_
 FURTADOS, QUANDO DA AQUISIÇÃO PELA PREFEITURA MUNICIPAL DE ARAPONGAS?_x000D_
 FAVOR ENCAMINHAR A ESTA CASA DE LEIS O DOCUMENTO QUE ATESTE O_x000D_
 RECEBIMENTO DOS 81 PNEUS;_x000D_
 QUEM É O SERVIDOR QUE TEM A ATRIBUIÇÃO DE CUIDAR DO ESTOQUE DE PNEUS_x000D_
 NO ALMOXARIFADO DA PREFEITURA MUNICIPAL DE ARAPONGAS, LOCALIZADO NA_x000D_
 RUA TANGARA, NO JARDIM VALE DA PEROBAS;_x000D_
 FOI INSTAURADO O COMPETENTE INQUÉRITO POLICIAL JUNTO À DELEGACIA DE_x000D_
 POLÍCIA DE ARAPONGAS? ENCAMINHAR A ESTA CASA DE LEIS O DOCUMENTO DO_x000D_
 REGISTRO DA OCORRÊNCIA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO O REQUERIMENTO AO DEPARTAMENTO DE ESTRADAS E RODAGEM (DER), PARA QUE REALIZE UM REPARO Á CRATERA ABERTA NA PR-218, EM FRENTE A EMPRESA MÓVEIS ESTRELA.</t>
   </si>
   <si>
     <t>Levi do Handebol, Pastor do Mercado</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE_x000D_
 &amp;#8226; SEJA CONFERIDA A COMENDA TIRADENTES, AO SARGENTO DEVANIR COELHO, PELOS ANOS DE DEDICAÇÃO AO DEPARTAMENTO DE TRÂNSITO DA 7A COMPANHIA_x000D_
 INDEPENDENTE DE POLÍCIA MILITAR - ARAPONGAS, ATUANDO DE FORMA DECISIVA EM_x000D_
 AÇÕES PREVENTIVAS E REATIVAS NO TRÂNSITO, BEM COMO NO ATENDIMENTO AO PÚBLICO,_x000D_
 DE MODO A GARANTIR O AUXÍLIO ÁGIL E ADEQUADO DURANTE DIVERSAS SITUAÇÕES E_x000D_
 OCORRÊNCIAS NO PERÍMETRO URBANO DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>A NOVA FORMA DE COBRANÇA DA TARIFA DE ÁGUA PELA COMPANHIA DE_x000D_
 SANEAMENTO DO PARANÁ (SANEPAR), EM VIGÊNCIA DESDE O ÚLTIMO DIA_x000D_
 01/06/2017;_x000D_
 QUE, DE ACORDO COM A NOVA TARIFA MÍNIMA PARA O CONSUMO DE ÁGUA, A_x000D_
 PARTIR DE AGORA, O MÍNIMO PASSA A SER DE 5M3 (CINCO METROS CÚBICOS) E_x000D_
 NÃO MAIS DE 10M3 (DEZ METRO CÚBICOS), CONFORME PROPOSTA APRESENTADA_x000D_
 PELA COMPANHA DE SANEAMENTO DO PARANÁ (SANEPAR), APROVADA PELA_x000D_
 AGÊNCIA REGULADORA DO PARANÁ (AGEPAR);_x000D_
 QUE INOBSTANTE A REDUÇÃO DO CONSUMO MÍNIMO PARA 5M3 (OU SEJA,_x000D_
 REDUÇÃO DE 50% NO CONSUMO), O MONTANTE A SER PAGO PELA POPULAÇÃO_x000D_
 PARA A UTILIZAÇÃO DO SERVIÇO NÃO SOFREU QUALQUER REDUÇÃO (MUITO P_x000D_
 RUA HARPIA N° 389 - CENTRO - FONE: (43) 3252-0667 - FONE/FAX:_x000D_
 WWW.CMARAPONGAS.PR.GOV.BR - ARAPONGAS - PARA_x000D_
 3 146_x000D_
 A_x000D_
 &amp;#8226;_x000D_
 &amp;#8226;_x000D_
 CÂMARA MUNICIPAL DE ARAPONGAS_x000D_
 CONTRÁRIO!!!), VISTO TRIRÁFITENEFFLRMRFTT&amp;LBSTI1ORTRÊTWENRIÁ R$3734 (TRINTA E_x000D_
 TRÊS REAIS E SETENTA E QUATRO CENTAVOS) E, COM A MUDANÇA PERPETRADA_x000D_
 PELA SANEPAR, O VALOR DO CONSUMO MÍNIMO NA CATEGORIA RESIDENCIAL_x000D_
 NORMAL (5M3) SERÁ DE R$32,90 (ÁGUA) E R$59,22 (ÁGUA E ESGOTO);_x000D_
 D) QUE, ASSIM, A PARTIR DE UM SIMPLES CÁLCULO, CHEGA-SE À CONCLUSÃO DE QUE_x000D_
 QUANDO A TAXA MÍNIMA ERA DE 10M3, O VALOR DO METRO CÚBICO (1.000 LITROS)_x000D_
 CORRESPONDIA A 0,33 CENTAVOS E AGORA, COM A MUDANÇA PERPETRADA PELA_x000D_
 SANEPAR, SENDO O MÍNIMO DE 5M3, O VALOR DO METRO CÚBICO A SER PAGO_x000D_
 PELO CIDADÃO/CONSUMIDOR PRATICAMENTE DOBROUL EM MANIFESTA AFRONTA_x000D_
 AOS DISPOSITIVOS LEGAIS PREVISTOS NO CÓDIGO DE DEFESA DO_x000D_
 CONSUMIDOR.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR QUE O REQUERIMENTO N° 49 /2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE URGÊNCIA COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS R COM DISPENSA DE INTERSTÍCIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER A RETIRADA DO REQUERIMENTO N° 47/2017, DE SUA AUTORIA.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE_x000D_
 SEJA ENVIADO MOÇÃO DE APLAUSO, AO PARATLETA KAIO GIOVANNI ALVES DE OLIVEIRA,_x000D_
 PELA GRANDIOSA PARTICIPAÇÃO NA PRIMEIRA ETAPA DA COPA BRASIL DE PARACICLISMO_x000D_
 2017, CONQUISTANDO DUAS MEDALHAS NA CATEGORIA C2, SENDO PRATA NA PROVA_x000D_
 CONTRARRELÓGIO E BRONZE NA PROVA DE RESISTÊNCIA, QUE ACONTECEU NOS DIAS 2, 3 E_x000D_
 4 DE JUNHO, EM INDAIATUBA -SP.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>O CONTRATO DE CONCESSÃO DE OBRA PÚBLICA CELEBRADO EM 14/11/1997_x000D_
 ENTRE O ESTADO DO PARANÁ (POR INTERMÉDIO DO DEPARTAMENTO DE_x000D_
 ESTRADAS DE RODAGEM &amp;#8212; DER); A UNIÃO (COMO INTERVENIENTE,_x000D_
 ATRAVÉS DO MINISTÉRIO DOS TRANSPORTES); O DEPARTAMENTO NACIONAL_x000D_
 DE ESTRADAS E RODAGEM; E A RODOVIAS INTEGRADAS DO_x000D_
 PARANÁ S.A (VIAPAR), COM PRAZO E VIGÊNCIA DE 24 (VINTE E QUATRO)_x000D_
 ANOS._x000D_
 &amp;#8226; O RECONHECIMENTO EXPRESSO, POR PARTE DA VIAPAR, ACERCA DA_x000D_
 NECESSIDADE DE TRATAMENTO DIFERENCIADO / DESCONTO TARIFÁRIO AOS VEÍCULOS_x000D_
 EMPLACADOS NO MUNICÍPIO EM QUE SE ENCONTRA INSTALADA A PRAÇA DE_x000D_
 PEDÁGIO, CONFORME "PROPOSTA DA VIAPAR AO MUNICÍPIO DE_x000D_
 MANDAGUARI" (DOC. ANEXO), FIRMADO PELO REPRESENTANTE LEGAL DA_x000D_
 CONCESSIONÁRIA EM DATA DE 12/04/2017._x000D_
 QUE O MUNICÍPIO DE ARAPONGAS &amp;#8212; PR (E CONSEQUENTEMENTE OS SEUS_x000D_
 MUNÍCIPES, RESIDENTES E DOMICILIADOS NESTA CIDADE) ENCONTRA-SE EM_x000D_
 IDÊNTICA SITUAÇÃO DE FATO E DE DIREITO À RECONHECIDA_x000D_
 EXPRESSAMENTE POR PARTE DA VIAPAR NA SUPRACITADA "PROPOSTA" EM_x000D_
 RELAÇÃO AO MUNICÍPIO DE MANDAGUARI &amp;#8212; PR;_x000D_
 A RESPOSTA NEGATIVA DA VIAPAR, EM RELAÇÃO AO REQUERIMENTO_x000D_
 ENCAMINHANDO PELA CÂMARA MUNICIPAL DE ARAPONGAS &amp;#8212; PR;</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>O CONTRATO DE CONCESSÃO DE OBRA PÚBLICA CELEBRADO EM 14/11/1997_x000D_
 ENTRE O ESTADO DO PARANÁ (POR INTERMÉDIO DO DEPARTAMENTO DE_x000D_
 ESTRADAS DE RODAGEM &amp;#8212; DER); A UNIÃO (COMO INTERVENIENTE,_x000D_
 ATRAVÉS DO MINISTÉRIO DOS TRANSPORTES); O DEPARTAMENTO NACIONAL_x000D_
 DE ESTRADAS E RODAGEM; E A RODOVIAS INTEGRADAS DO_x000D_
 PARANÁ S.A (VIAPAR), COM PRAZO E VIGÊNCIA DE 24 (VINTE E QUATRO'_x000D_
 ANOS._x000D_
 O RECONHECIMENTO EXPRESSO, POR PARTE DA VIAPAR, ACERCA DA_x000D_
 NECESSIDADE DE TRATAMENTO DIFERENCIADO / DESCONTO TARIFÁRIO AOS VEÍCULOS_x000D_
 EMPLACADOS NO MUNICÍPIO EM QUE SE ENCONTRA INSTALADA A PRAÇA DE_x000D_
 PEDÁGIO, CONFORME "PROPOSTA DA VIAPAR AO MUNICÍPIO DE_x000D_
 MANDAGUARI" (DOC. ANEXO), FIRMADO PELO REPRESENTANTE LEGAL DA_x000D_
 CONCESSIONÁRIA EM DATA DE 12/04/2017._x000D_
 QUE O MUNICÍPIO DE ARAPONGAS &amp;#8212; PR (E CONSEQUENTEMENTE OS SEUS_x000D_
 MUNÍCIPES, RESIDENTES E DOMICILIADOS NESTA CIDADE) ENCONTRA-SE EM_x000D_
 IDÊNTICA SITUAÇÃO DE FATO E DE DIREITO À RECONHECIDA_x000D_
 EXPRESSAMENTE POR PARTE DA VIAPAR NA SUPRACITADA "PROPOSTA" EM_x000D_
 RELAÇÃO AO MUNICÍPIO DE MANDAGUARI &amp;#8212; PR;_x000D_
 A RESPOSTA NEGATIVA DA VIAPAR, EM RELAÇÃO AO REQUERIMENTO_x000D_
 ENCAMINHANDO PELA CÂMARA MUNICIPAL DE ARAPONGAS &amp;#8212; PR;</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>0 VEREADOR SUBSCRITOR DA PRESENTE, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, VEM ATRAVÉS DESSA SOLICITAR QUE SEJA ENCAMINHADA MOÇÃO DE APLAUSOS AO SENHOR PAULO VALÉRIO, SECRETÁRIO DE EDUCAÇÃO DO MUNICÍPIO DE ARAPONGAS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O REQUERIMENTO N.° 55 /2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE URGÊNCIA, COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS E COM DISPENSA DE INTERSTÍCIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">0 VEREADOR SUBSCRITOR DA PRESENTE, NO USO DE SUAS ATRIBUIÇÕES REGIMENTAIS, VEM ATRAVÉS DESSA SOLICITAR QUE SEJA ENCAMINHADA MOÇÃO DE REPÚDIO AO MINISTRO DA EDUCAÇÃO, EM RAZÃO DA DISTRIBUIÇÃO DO LIVRO </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR QUE O REQUERIMENTO N.° 57/2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE URGÊNCIA, COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS E COM DISPENSA DE INTERSTÍCIO.</t>
   </si>
   <si>
     <t>Dr. Fernando Oliveira, Adauto Fornazieri, Angélica Enfermeira, Aroldo Pagan, Cleide Bisca , Levi do Handebol, Marcio Nicke, Miguel Messias, Osvaldo , Pastor do Mercado, Reivaldo , Rubão, Tico do Bar, Toninho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS DIVERSOS INSTRUMENTOS PARTICULARES UNILATERAIS CELEBRADOS PELOS PREFEITOS ANTERIORES A ESTA ADMINISTRAÇÃO COM A EMPRESA RODOVIAS INTEGRADAS DO PARANA S.A (VIAPAR).</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>A) OS DIVERSOS INSTRUMENTOS PARTICULARES UNILATERAIS CELEBRADOS PELOS PREFEITOS_x000D_
 ANTERIORES A ESTA ADMINISTRAÇÃO COM A EMPRESA RODOVIAS INTEGRADAS DO_x000D_
 PARANA S.A (VIAPAR), SEM QUALQUER PUBLICIDADEL (EM ESPECIAL O "TERMO DE_x000D_
 COOPERAÇÃO" PACTUADO EM 14/11/20142, E O "TERMO DE ACORD03"_x000D_
 FIRMADO EM 26/10/2016), OBJETIVANDO VINCULAR E ONERAR, DE FORMA ABSOLUTAMENTE_x000D_
 ILEGAI4, INDEVIDA, ABUSIVA E TEMERÁRIA, O INTERESSE PÚBLICO DO MUNICÍPIO DE_x000D_
 ARAPONGAS E SEUS MUNÍCIPES EM DETRIMENTO DO INTERESSE PARTICULAR DA EMPRESA_x000D_
 EM QUESTÃO;</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OS REQUERIMENTOS 59; 60 E 61/2017 SEJAM VOTADOS EM REGIME DE URGÊNCIA</t>
   </si>
   <si>
     <t xml:space="preserve">Levi do Handebol, Cleide Bisca </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENVIADO MOÇÃO DE APLAUSO, AO CAPITÃO FONSECA, COMANDANTE DA 7A COMPANHIA INDEPENDENTE DE POLICIA MILITAR &amp;#8212; ARAPONGAS, ESTENDENDO-SE A TODOS OS POLICIAIS E BOMBEIROS MILITARES DA 7A CIA, PELO ANIVERSÁRIO DE 163 ANOS DA POLICIA MILITAR DO PARANÁ, NO PRÓXIMO DIA 10 DE AGOSTO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO UM OFICIO AO REPRESENTANTE LEGAL DA EMPRESA, TUA &amp;#8212; TRANSPORTE URBANO DE ARAPONGAS, 0 SR. LUIZ CARLOS DOS SANTOS JUNIOR, QUESTIONANDO O MOTIVO PELO QUAL O TRANSPORTE COLETIVO DEIXOU DE PASSAR PELO JARDIM PLANALTO.</t>
   </si>
   <si>
     <t>Osvaldo , Adauto Fornazieri, Angélica Enfermeira, Cleide Bisca , Dr. Fernando Oliveira, Levi do Handebol, Marcio Nicke, Miguel Messias, Pastor do Mercado, Reivaldo , Rubão, Tico do Bar, Toninho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER QUE SEJA ENCAMINHADO MOÇÃO DE REPÚDIO AO VEREADOR DO MUNICÍPIO DE LONDRINA &amp;#8212;_x000D_
 PR., EMERSON PETRIV (BOCA ABERTA) COM COPIA AO PRESIDENTE DA CÂMARA MUNICIPAL DE LONDRINA SR. MARIO TAKAHASHI".</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO, A FIM DE QUE SEJA ENCAMINHADO PEDIDO DE PROVIDÊNCIAS AO MINISTÉRIO PÚBLICO DE_x000D_
 ARAPONGAS &amp;#8212; PR, NA PESSOA DODR. BRUNO VAGAES; BEM COMO PROCON DE NOSSO MUNICÍPIO, A FIM DE QUE SEJAM TOMADAS TODAS AS MEDIDAS LEGAIS CABÍVEIS OBJETIVANDO A APURAÇÃO DOS FATOS ACIMA RELATADOS.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR QUE O REQUERIMENTO N°66/2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE URGÊNCIA COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS E COM DISPENSA DE INTERSTÍCIO.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA ENCAMINHADO PEDIDO DE PROVIDÊNCIAS AO PRESIDENTE DA CÂMARA MUNICIPAL DE LONDRINA &amp;#8212; PR, NA PESSOA DO VEREADOR MARIO TAKAHASHI, A FIM DE QUE SEJA INSTAURADA A COMPETENTE COMISSÃO PROCESSANTE CONTRA O VEREADOR EMERSON PETRIV (PR), VULGO "BOCA_x000D_
 ABERTA", ENTRE OUTRAS MEDIDAS LEGAIS PERTINENTES, OBJETIVANDO A CASSAÇÃO DE SEU MANDATO POR QUEBRA E VIOLAÇÃO INEQUÍVOCA E INCONTROVERSA DO DECORO PARLAMENTAR.</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR QUE O REQUERIMENTO Nº 68/2017, DE SUA AUTORIA, SEJA VOTADO EM REGIME DE URGÊNCIA COM PREFERÊNCIA SOBRE OS DEMAIS REQUERIMENTOS E COM DISPENSA DE INTERSTÍCIO.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUERIMENTO VEÍCULOS INATIVOS</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc</t>
   </si>
   <si>
     <t>REQUERIMENTO REGIME DE URGENCIA 14/08/17</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>PONTOS DE CIRCULAR COBERTOS POR TODA A CIDADE</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO OFÍCIO, AO COLÉGIO ESTADUAL PROFª. NADIR MENDES MONTANHA E AO COLÉGIO OLIMPUS, PARABENIZANDO-OS PELAS MEDALHAS DE OURO CONQUISTADAS DURANTE A FASE FINAL DOS JOGOS ESCOLARES DO PARANÁ NA MODALIDADE DE CICLISMO.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx</t>
   </si>
   <si>
     <t>REQUER SEJA ENCAMINHADO OFÍCIO À EMPRESA VIAPAR (RODOVIAS INTEGRADAS DO PARANÁ S/A.) SOLICITANDO PROVIDÊNCIAS ACERCA DE PROMOVER MEDIDAS DE SEGURANÇA DOS VEÍCULOS QUE TRAFEGAM PELA BR 360 NA ALTURA DO CRUZAMENTO QUE DÁ ACESSO À EMPRESA HAVAN.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERIMENTO DE RETIRADA DO PROJETO DE LEI N 37/20017 - </t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR LEONARDO KLEHM CUBAS</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PROJETO REMAR</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO DE PESAR ROMEU COELHO</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx</t>
   </si>
   <si>
     <t>VOTO DE PESAR CLEIDE TUDINO</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DER PARA QUE TOME PROVIDÊNCIAS NO CRUZAMENTO DE PEDESTRES EM FRENTE A ARAPLAC_x000D_
 </t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE OS PROJETOS DE LEI 47 E 48/2017</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE URGENCIA REQUERIMENTO 83/2017</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.docx</t>
   </si>
   <si>
     <t>CONVÊNIO CASA FÁCIL</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMENDA TIRADENTES 3º AGRUPAMENTO DE BOMBEIRO 2º SGB ARAPONGAS</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGIME DE URGÊNCIA REQ. 86/2017</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>USO DA PALAVRA MARCIO ROGELIO CARNAVALLE OBSERVATÓRIO SOCIAL</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>USO DA PALAVRA MARCIO ROGELIO CARNAVALLE SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES A VIAPAR</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR ZILDA CONRADO</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>DER SOLICITANDO QUEBRA MOLAS</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc</t>
   </si>
   <si>
     <t>VOTO DE PESAR AFONSO LOURENÇO GARCIA</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI L 43/2017</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS KARATECAS RAFAEL E GIOVANNA</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO SR. LUIS FERREIRA PAPAI NOEL DO FLAMINGOS</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx</t>
   </si>
   <si>
     <t>PONTO DE ONIBUS BR 369 KM 197 ESTRADA DO ARAGUARI</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.docx</t>
   </si>
   <si>
     <t>RETIRADA DO REQUERIMENTO 96/2017</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">OFÍCIO AO GOVERNO DO ESTADO CONCURSO PARA ESCRIVÃO PARA PREENCHER VAGAS NA POLICIA CIVIL </t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc</t>
   </si>
   <si>
     <t>REGIME DE URGÊNCIA AO REQUERIMENTO 99/2017</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>CORREÇÃO DO PROJETO DE LEI L-45/2017</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE URGÊNCIA AO REQUERIMENTO 101/2017</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMENDA TIRADENTES AO SR. GONÇALITO BARBOSA</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGIME DE URGÊNCIA AO REQUERIMENTO 103/2017</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">HOSPITAL SANTA CASA </t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc</t>
   </si>
   <si>
     <t>REGIME DE URGÊNCIA AO REQUERIMENTO 105/2017</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.docx</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI 50/2017</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO L 40/2017</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.doc</t>
   </si>
   <si>
     <t>ENVIAR AO PROCON REFERENTE A CARTEIS EM ARAPONGAS NO AUMENTO DO GÁS</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc</t>
   </si>
   <si>
     <t>REGIME DE URGÊNCIA AO REQUERIMENTO 109/2017</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A ATLETA MARIA CONSTANTINO</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES A CONSTRUTORA PIACENTINI</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>Rubão, Adauto Fornazieri, Agnelson Galassi, Angélica Enfermeira, Aroldo Pagan, Cleide Bisca , Dr. Fernando Oliveira, Levi do Handebol, Marcio Nicke, Miguel Messias, Osvaldo , Pastor do Mercado, Reivaldo , Tico do Bar, Toninho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAR AO PROCON PEDIDO SOBRE O MONOPÓLIO AS AUTOESCOLAS NO MUNICÍPIO</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR VANDERLEI VIEIRA DOS SANTOS</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.doc</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS SENHOR LUIZ FERREIRA BRASILEIRO PAPAI NOEL</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.doc</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS SENHOR ANTONIO FRANCISCO FILHO </t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI L 55/2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -10194,67 +10194,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.docx" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.docx" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/projeto_de_resolucao_patrimonio.docx" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.docx" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/879/879_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.doc" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/647/647_texto_integral.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/659/659_texto_integral.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/652/652_texto_integral.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/655/655_texto_integral.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/664/664_texto_integral.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/673/673_texto_integral.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/675/675_texto_integral.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/677/677_texto_integral.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/684/684_texto_integral.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/685/685_texto_integral.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/686/686_texto_integral.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/687/687_texto_integral.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/689/689_texto_integral.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/691/691_texto_integral.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/692/692_texto_integral.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/696/696_texto_integral.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/700/700_texto_integral.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/708/708_texto_integral.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/709/709_texto_integral.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/710/710_texto_integral.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/711/711_texto_integral.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/712/712_texto_integral.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/713/713_texto_integral.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/716/716_texto_integral.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/726/726_texto_integral.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/734/734_texto_integral.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/738/738_texto_integral.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/739/739_texto_integral.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/740/740_texto_integral.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/741/741_texto_integral.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/742/742_texto_integral.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/743/743_texto_integral.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/747/747_texto_integral.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/750/750_texto_integral.doc" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/767/767_texto_integral.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/768/768_texto_integral.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/769/769_texto_integral.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/771/771_texto_integral.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/772/772_texto_integral.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/773/773_texto_integral.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/797/797_texto_integral.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/798/798_texto_integral.xml" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/801/801_texto_integral.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/802/802_texto_integral.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/806/806_texto_integral.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/828/828_texto_integral.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/829/829_texto_integral.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/830/830_texto_integral.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/833/833_texto_integral.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/835/835_texto_integral.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/836/836_texto_integral.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/837/837_texto_integral.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/847/847_texto_integral.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/848/848_texto_integral.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/850/850_texto_integral.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/855/855_texto_integral.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/856/856_texto_integral.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/862/862_texto_integral.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/863/863_texto_integral.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/864/864_texto_integral.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/865/865_texto_integral.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/866/866_texto_integral.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/867/867_texto_integral.doc" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/874/874_texto_integral.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/875/875_texto_integral.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/876/876_texto_integral.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/877/877_texto_integral.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/882/882_texto_integral.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/886/886_texto_integral.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/887/887_texto_integral.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/889/889_texto_integral.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/891/891_texto_integral.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/894/894_texto_integral.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/906/906_texto_integral.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/908/908_texto_integral.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/909/909_texto_integral.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/910/910_texto_integral.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/929/929_texto_integral.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/942/942_texto_integral.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/943/943_texto_integral.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/945/945_texto_integral.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/951/951_texto_integral.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/662/662_texto_integral.doc" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.docx" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.docx" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/779/779_texto_integral.docx" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/783/783_texto_integral.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/751/751_texto_integral.docx" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/880/880_texto_integral.docx" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.docx" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/786/786_texto_integral.doc" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/787/787_texto_integral.doc" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.doc" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.docx" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.docx" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.docx" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.docx" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.docx" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.docx" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.docx" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.docx" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.docx" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.doc" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.docx" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/727/727_texto_integral.docx" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/792/792_texto_integral.docx" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/854/854_texto_integral.docx" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/878/878_texto_integral.docx" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/884/884_texto_integral.doc" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.docx" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2017/1089/projeto_de_resolucao_patrimonio.docx" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.docx" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.doc" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.docx" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/698/698_texto_integral.doc" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/699/699_texto_integral.docx" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/702/702_texto_integral.docx" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/737/737_texto_integral.docx" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/810/810_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/846/846_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/853/853_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/895/895_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/896/896_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/917/917_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/927/927_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/928/928_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/941/941_texto_integral.docx" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.doc" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1028"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="208.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>