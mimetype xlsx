--- v0 (2026-01-31)
+++ v1 (2026-03-27)
@@ -10,1082 +10,3582 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="568" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2144" uniqueCount="1032">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>9644</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMA</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva</t>
+  </si>
+  <si>
+    <t>Paulo Grassano</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9644/ea.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de Justiça, Legislação e Redação, no uso de suas atribuições regimentais, vem, respeitosamente, propor a seguinte emenda ao PROJETO DE LEI L n° 06/2026, de autoria do Poder Legislativo que – Dispõe sobre a implantação de Espaços Sensoriais em praças públicas do Município de Arapongas, destinados ao acolhimento, inclusão e bem-estar de pessoas com Transtorno do Espectro Autista, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9642</t>
+  </si>
+  <si>
+    <t>EMM</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9642/em.pdf</t>
+  </si>
+  <si>
+    <t>9763</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9763/em.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de Justiça, Legislação e Redação, no uso de suas atribuições regimentais, vem, respeitosamente, propor a seguinte emenda ao PROJETO DE LEI L n° 08/2026, de autoria do Poder Legislativo que – Institui o Programa Municipal “Rua da Saúde”, com o objetivo de criar espaços públicos destinados à cultura, lazer e atividades físicas no Município de Arapongas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9643</t>
+  </si>
+  <si>
+    <t>EMT</t>
+  </si>
+  <si>
+    <t>Emenda Substitutiva</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9643/es.pdf</t>
+  </si>
+  <si>
+    <t>9762</t>
+  </si>
+  <si>
+    <t>EMS</t>
+  </si>
+  <si>
+    <t>Emenda Supresiva</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9762/es.pdf</t>
+  </si>
+  <si>
+    <t>A Comissão de Justiça, Legislação e Redação, no uso de suas atribuições regimentais, vem, respeitosamente, propor a seguinte emenda ao PROJETO DE LEI L n° 10/2026, de autoria do Poder Legislativo que – Dispõe sobre a implantação de Sala de Amamentação na Unidade de Pronto Atendimento (UPA – PAI Pronto Atendimento Infantil), Bebê Clinica, nos Prontos-Socorros 18 horas e Pronto Atendimento 24 hrs do Município de Arapongas-PR, e dá outras providências.</t>
+  </si>
+  <si>
     <t>9520</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Toninho da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9520/reforma_caic_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9520/reforma_caic_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor da presente, nos termos do Regimento_x000D_
 Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
 indicação:_x000D_
 Indico ao Excelentíssimo Senhor Prefeito que busque_x000D_
 entendimento junto à secretaria competente para viabilizar a reforma da UBS_x000D_
 Unidade Básica de Saúde CAIC localizado na Rua Codornix nº 153 no Jardim_x000D_
 Lorena.</t>
   </si>
   <si>
     <t>9521</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>MEIRY FARIAS</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9521/rua_falcao_1538_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9521/rua_falcao_1538_ass.pdf</t>
   </si>
   <si>
     <t>Solicita-se que o Senhor Prefeito do Município entre em_x000D_
 entendimento com a secretaria competente, a fim de que seja realizada avaliação_x000D_
 técnica para definição da intervenção mais adequada, recapeamento ou serviços_x000D_
 de tapa-buracos, na Rua Falcão, nas proximidades do N°1538, no Centro,_x000D_
 exigindo-se a execução da solução que melhor atenda às necessidades da via.</t>
   </si>
   <si>
     <t>9522</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Arnaldo do Povo</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9522/aquecedor_piscina_centro_social_urbano_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9522/aquecedor_piscina_centro_social_urbano_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, para revitalizar e criar áreas novas no Centro Social Urbano (CSU), bem_x000D_
 como, cobrir e instalar um aquecedor na piscina, lá existente, visando um melhor_x000D_
 aproveitamento daquele espaço para todos os munícipes.</t>
   </si>
   <si>
     <t>9523</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9523/asfaltica_rua_albatroz_real_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9523/asfaltica_rua_albatroz_real_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, visando a recuperação asfáltica da Rua Albatroz Real, no_x000D_
 Conjunto Flamingos III, especificamente em frente ao nº 301 e à parada de ônibus ali_x000D_
 existente, onde se verificam duas erosões de grande proporção, que vêm causando_x000D_
 transtornos aos moradores e oferecendo riscos à segurança de pedestres e veículos.</t>
   </si>
   <si>
     <t>9524</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9524/ciclovia_rua_guaratinga_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9524/ciclovia_rua_guaratinga_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, no sentido de que seja implantado a sequência da pista de_x000D_
 ciclovia no trecho compreendido entre a Rua Guaratinga, nº 731 (Móveis Lachi) e a_x000D_
 Rua Saracura do Mangue, nº 87 (Móveis Albatroz).</t>
   </si>
   <si>
     <t>9525</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9525/meu_campinho_jardim_novo_horizonte_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9525/meu_campinho_jardim_novo_horizonte_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, para que seja viabilizada a implantação de um espaço de_x000D_
 lazer nos bairros Jardim Campestre I, II III, Jardim Novo Horizonte e Jardim do Sol,_x000D_
 contemplando a implantação do projeto “Meu Campinho” – Módulo Quadra_x000D_
 Poliesportiva, Módulo Academia Terceira Idade e Módulo Playground.</t>
   </si>
   <si>
     <t>9526</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9526/meu_campinho_jardim_santo_antonio_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9526/meu_campinho_jardim_santo_antonio_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, para que seja feita a instalação de uma Academia da Terceira_x000D_
 Idade (ATI), e a construção de uma unidade do “Meu Campinho”, na localidade do_x000D_
 final da Rua Acurana - no Jardim Santo Antônio, no município de Arapongas Pr.</t>
   </si>
   <si>
     <t>9527</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9527/passarela_elevada_pedestres_acesso_rua_rouxinol_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9527/passarela_elevada_pedestres_acesso_rua_rouxinol_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, a elaboração de estudo técnico de viabilidade, abrangendo aspectos de_x000D_
 engenharia de tráfego, mobilidade urbana e segurança viária, visando à implantação_x000D_
 de uma passarela elevada para pedestres no acesso da Rua Rouxinol ao Hospital_x000D_
 São José e à Unidade de Pronto Atendimento (UPA) 24 Horas.</t>
   </si>
   <si>
     <t>9528</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9528/recapeamento_rua_bacurau_migrador_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9528/recapeamento_rua_bacurau_migrador_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, para a realização do serviço de recapeamento na Rua Bacurau Migrador_x000D_
 em frente ao nº 235 no Conjunto Aguias.</t>
   </si>
   <si>
     <t>9529</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9529/recapeamento_rua_sabia_ferreiro_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9529/recapeamento_rua_sabia_ferreiro_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, para a realização do serviço de recapeamento na Rua Sabiá Ferreiro_x000D_
 entroncamento com a Rua Pica-pau.</t>
   </si>
   <si>
     <t>9530</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9530/redutores_velocidade_rua_atoba_mascarado_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9530/redutores_velocidade_rua_atoba_mascarado_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, no sentido de que seja realizado um estudo técnico visando_x000D_
 à instalação de redutores de velocidade (quebra-molas) na Rua Atobá Mascarado,_x000D_
 no Bairro Jardim Novo Horizonte.</t>
   </si>
   <si>
     <t>9531</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9531/redutores_velocidade_rua_perdiz_do_mar_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9531/redutores_velocidade_rua_perdiz_do_mar_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, no sentido de que seja realizado um estudo técnico visando à_x000D_
 instalação de redutores de velocidade (quebra-molas) na Rua Perdiz do Mar, Jardim_x000D_
 Aeroporto, em toda a sua extensão, por se tratar de ser um local com alto fluxo de_x000D_
 veículos, o que coloca em risco a segurança de pedestres e moradores da região.</t>
   </si>
   <si>
     <t>9532</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9532/redutores_velocidade_rua_rua_aguia_chilena_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9532/redutores_velocidade_rua_rua_aguia_chilena_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, no sentido de que seja realizado um estudo técnico visando à_x000D_
 instalação de redutores de velocidade (quebra-molas) na Rua Aguia Chilena, Jardim_x000D_
 San Rafael, em toda a sua extensão, por se tratar de ser um local com alto fluxo de_x000D_
 veículos, o que coloca em risco a segurança de pedestres e moradores da região.</t>
   </si>
   <si>
     <t>9533</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9533/regularidade_coleta_lixo_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9533/regularidade_coleta_lixo_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, adote as providências necessárias para regulamentar e_x000D_
 garantir a regularidade da coleta de lixo em todos os bairros do município, tendo em_x000D_
 vista que, conforme relatos de moradores, algumas localidades permanecem por_x000D_
 semanas sem o recolhimento adequado dos resíduos sólidos.</t>
   </si>
   <si>
     <t>9534</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9534/semafaro_br-369_com_rua_pavao_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9534/semafaro_br-369_com_rua_pavao_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a Secretaria_x000D_
 competente, no sentido de que seja realizado um estudo para a instalação de um sistema_x000D_
 semafórico na Rua Pavão com a BR-369, em razão do elevado fluxo veicular registrado no local,_x000D_
 que tem gerado recorrentes situações de risco e já ocasionou múltiplos registros de acidentes.</t>
   </si>
   <si>
     <t>9535</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9535/semafaro_br-369_com_ruas_patativa_marginal_avenida_maracana_e_rua_guiraca_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9535/semafaro_br-369_com_ruas_patativa_marginal_avenida_maracana_e_rua_guiraca_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, no sentido de que seja realizado um estudo para a_x000D_
 readequação da operação semafórica no cruzamento da Avenida Maracanã (BR-369)_x000D_
 com as Ruas Patativa, Marginal da Avenida Maracanã e Rua Guiracá.</t>
   </si>
   <si>
     <t>9536</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9536/tampa_buraco_rua_curriqueiro_do_campo_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9536/tampa_buraco_rua_curriqueiro_do_campo_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, para a realização do serviço de recapeamento na Rua Curriqueiro do_x000D_
 Campo em frente ao nº 35 Jardim Columbia.</t>
   </si>
   <si>
     <t>9537</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9537/tampa_buraco_rua_sanhaco_de_fogo_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9537/tampa_buraco_rua_sanhaco_de_fogo_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, para a realização do serviço de recapeamento na Rua Sanhaço de fogo_x000D_
 em frente ao nº 182 Conjunto Flamingos III.</t>
   </si>
   <si>
     <t>9538</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9538/a2026_m01_d08_novas_medidas_de_seguranca_na_praca_da_saudade_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9538/a2026_m01_d08_novas_medidas_de_seguranca_na_praca_da_saudade_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo assinado, no uso de suas atribuições regimentais, conforme disposto no art. 114 do Regimento Interno desta Casa, vem, respeitosamente, apresentar ao Poder Executivo Municipal a seguinte Indicação:_x000D_
 Indico ao Excelentíssimo Senhor Prefeito Municipal que determine à Secretaria competente a realização de estudos técnicos visando à implantação de novas medidas de segurança na Praça da Saudade, localizada em frente ao Cemitério Municipal de Arapongas, com o objetivo de garantir maior segurança, bem-estar e qualidade de vida à população.</t>
   </si>
   <si>
     <t>9541</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Luisinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9541/indicacao_ecoponto_km_12.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9541/indicacao_ecoponto_km_12.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor do presente, no uso das atribuições que lhe são conferidas pelo Regimento Interno desta Casa Legislativa, especialmente o disposto no art. 114, tem a honra de indicar ao Poder Executivo o que segue:_x000D_
 Indica ao Excelentíssimo Senhor Prefeito Municipal que entre em entendimento com a Secretaria Municipal competente, no sentido de providenciar a instalação de um container (ecoponto) para atendimento da comunidade do Km 12.</t>
   </si>
   <si>
     <t>9542</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9542/indicacao_implantacao_de_uma_ubs_no_no_jdm_do_cafe..pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9542/indicacao_implantacao_de_uma_ubs_no_no_jdm_do_cafe..pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo art. 114 do Regimento Interno desta Casa de Leis, tem a honra de apresentar a seguinte Indicação ao Poder Executivo Municipal:_x000D_
 Indica ao Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, estude a viabilidade da construção de uma nova Unidade Básica de Saúde (UBS) no bairro Jardim do Café.</t>
   </si>
   <si>
     <t>9543</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9543/rua_azulao_bicudo_jd_campestre_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9543/rua_azulao_bicudo_jd_campestre_ass.pdf</t>
   </si>
   <si>
     <t>Solicita-se que o Senhor Prefeito do Município entre em_x000D_
 entendimento com a secretaria competente, a fim de que seja realizada avaliação_x000D_
 técnica para a definição da intervenção mais adequada, recapeamento ou_x000D_
 serviços de tapa-buracos, na Rua Azulão Bicudo, esquina com a Rua Vulturina,_x000D_
 no Jardim Campestre, exigindo-se a execução da solução que melhor atenda às_x000D_
 necessidades da via.</t>
   </si>
   <si>
     <t>9547</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9547/a2026_m01_d16_instalacao_de_bebedouros_inteligentes_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9547/a2026_m01_d16_instalacao_de_bebedouros_inteligentes_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo subscrito, no uso de suas atribuições_x000D_
 regimentais, conforme disposto no art. 114 do Regimento Interno desta Casa,_x000D_
 vem apresentar ao Poder Executivo Municipal a seguinte Indicação:_x000D_
 Indico ao Excelentíssimo Senhor Prefeito que determine à_x000D_
 secretaria competente a realização de estudos técnicos para a implantação de_x000D_
 Estações de Hidratação Sustentáveis em Arapongas. Trata-se de bebedouros_x000D_
 inteligentes, fabricados em aço inoxidável 304, com estrutura robusta, projetados_x000D_
 para resistir às intempéries climáticas e ao desgaste decorrente do uso diário.</t>
   </si>
   <si>
     <t>9548</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Levi do Handebol</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9548/16.01_melhorias_iluminacao_praca_da_biblioteca_municipal.doc_ass_1.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9548/16.01_melhorias_iluminacao_praca_da_biblioteca_municipal.doc_ass_1.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, a necessidade de melhorias na iluminação pública da Praça da_x000D_
 Biblioteca Municipal, localizada na Rua Mutum.</t>
   </si>
   <si>
     <t>9549</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9549/16.01_melhorias_iluminacao_praca_maua_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9549/16.01_melhorias_iluminacao_praca_maua_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, a realização de melhorias na iluminação pública da Praça Júlio_x000D_
 Junqueira (Praça Mauá).</t>
   </si>
   <si>
     <t>9550</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9550/a2026_m01_d16_indicacao_recape_asfaltico_ruatie_do_topete_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9550/a2026_m01_d16_indicacao_recape_asfaltico_ruatie_do_topete_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor da presente, nos termos do Regimento_x000D_
 Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
 indicação:_x000D_
 Indico ao excelentíssimo senhor prefeito que busque_x000D_
 entendimento junto à secretaria competente para viabilizar a realização para a_x000D_
 execução de obras de recapeamento asfáltico e/ou recuperação asfáltica da_x000D_
 Rua Tiê de Topete, no Conjunto Padre Chico.</t>
   </si>
   <si>
     <t>9559</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9559/003_-_injecao_e_transplante_de_cornea.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9559/003_-_injecao_e_transplante_de_cornea.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em_x000D_
 entendimento com a Secretaria competente, no sentido de que seja providenciado a_x000D_
 realização de tratamento com injeção intraocular e também que seja realizado_x000D_
 transplantes de córnea no município.</t>
   </si>
   <si>
     <t>9560</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9560/rua_manaquim_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9560/rua_manaquim_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente no sentido de que seja realizado serviços de_x000D_
 recapeamento na Rua Manaquim no Jardim Bandeirantes.</t>
   </si>
   <si>
     <t>9561</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9561/recapeamento_rua_ave_lira_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9561/recapeamento_rua_ave_lira_ass.pdf</t>
   </si>
   <si>
     <t>Solicita-se que o Senhor Prefeito do Município entre em_x000D_
 entendimento com a secretaria competente, a fim de que sejam realizados_x000D_
 serviços de recapeamento na Rua Ave Lira, nas proximidades do nº 341, no bairro_x000D_
 Vila Nova. O asfalto encontra-se desgastado, com diversos_x000D_
 pontos já sem pavimentação, deixando as pedras expostas.</t>
   </si>
   <si>
     <t>9563</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9563/rua__jandaia_sol_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9563/rua__jandaia_sol_ass.pdf</t>
   </si>
   <si>
     <t>Solicita-se que o Senhor Prefeito do Município entre em entendimento com a secretaria competente, a fim de que seja realizada avaliação técnica para a definição da intervenção mais adequada, recapeamento ou serviços de tapa-buracos, na Rua Jandaia Sol, no Conjunto Novo Centauro, priorizando o trecho compreendido entre os números 232 e 304, onde o asfalto se encontra em estado mais avançado de deterioração, exigindo a execução da solução que melhor atenda às necessidades da via.</t>
   </si>
   <si>
     <t>9564</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9564/meu_campinho_conjunto_flamingos_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9564/meu_campinho_conjunto_flamingos_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
 competente, para que sejam adotadas as providências necessárias à recuperação_x000D_
 do gramado sintético e dos equipamentos esportivos do espaço “Meu Campinho”,_x000D_
 localizado no Conjunto Flamingos, tendo em vista que o local se encontra em_x000D_
 péssimas condições de uso.</t>
   </si>
   <si>
     <t>9572</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Marilsa Staub</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9572/indicacao_-_kit_lanche.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9572/indicacao_-_kit_lanche.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito, em conjunto com a Secretaria Municipal de Saúde, avalie a_x000D_
 possibilidade de implementar, no município de Arapongas, a distribuição de um kit lanche aos cidadãos que_x000D_
 utilizam o transporte público municipal (como ambulâncias ou veículos da saúde) para deslocamentos a outras_x000D_
 cidades, com a finalidade de realizar consultas, exames ou procedimentos médicos.</t>
   </si>
   <si>
     <t>9573</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9573/recapeamento_ciclovia_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9573/recapeamento_ciclovia_ass.pdf</t>
   </si>
   <si>
     <t>Solicita-se que o Senhor Prefeito do Município entre em_x000D_
 entendimento com a secretaria competente, a fim de viabilizar serviços de reparo_x000D_
 e recapeamento da ciclovia, iniciando na Rua Condor, atrás do Colégio Monteiro_x000D_
 Lobato, e seguindo pela Rua Guaratinga, no Jardim Bandeirantes, até a_x000D_
 passarela.</t>
   </si>
   <si>
     <t>9574</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9574/indicacao_do_bolsoes_de_transito._assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9574/indicacao_do_bolsoes_de_transito._assinado.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito Municipal que entre em entendimento com a Secretaria Municipal competente, no sentido de que seja realizada a implantação de bolsões de trânsito para motocicletas (moto boxes), localizados entre a faixa de pedestres e o semáforo, em vias do Município de Arapongas, a exemplo dos seguintes cruzamentos: Avenida Gaturamo com a Rua Perdizes, Rua Flamingos com a Rua Andorinhas e Rua Uirapuru com a Rua Falcão.</t>
   </si>
   <si>
     <t>9575</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9575/quadra__parquinho_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9575/quadra__parquinho_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
 Secretaria competente, no sentido de que seja realizada a restauração da quadra_x000D_
 de futebol e do parquinho, ambos localizados no mesmo espaço no Conjunto_x000D_
 Piacenza, bem como a instalação de grades de proteção ao redor da quadra. A_x000D_
 comunidade que utiliza o local relata que, devido à ausência de proteção, a bola_x000D_
 frequentemente acaba indo para as ruas ao redor. Ressalta-se que tanto a quadra_x000D_
 quanto o parquinho apresentam sinais evidentes de desgaste e avarias, o que_x000D_
 tem comprometido a segurança e a qualidade de uso desses espaços.</t>
   </si>
   <si>
     <t>9576</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9576/004_-_pavimentacao_rua_sovi.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9576/004_-_pavimentacao_rua_sovi.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em_x000D_
 entendimento com o órgão competente, no sentido de que seja providenciado a_x000D_
 pavimentação asfáltica no final da rua Sovi no Parque Industrial III.</t>
   </si>
   <si>
     <t>9577</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9577/005_-_travessia_elevada_rua_irataua.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9577/005_-_travessia_elevada_rua_irataua.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito do Município entre em_x000D_
 entendimento com o órgão competente, no sentido de que seja providenciado a_x000D_
 instalação de uma travessia elevada na rua iratauá em frente ao centro de convivência_x000D_
 dos Idosos (CCI) Feliz idade.</t>
   </si>
   <si>
     <t>9579</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9579/indicacao_implantacao_de_mais_pontos_de_taxi._assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9579/indicacao_implantacao_de_mais_pontos_de_taxi._assinado.pdf</t>
   </si>
   <si>
     <t>Indico ao Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, estude a viabilidade da implantação de novos pontos de táxi em locais estratégicos do município.</t>
   </si>
   <si>
     <t>9580</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9580/recapeamento_ruas_arapongas_ass.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9580/recapeamento_ruas_arapongas_ass.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que determine que sejam intensificadas as fiscalizações nas obras de recapeamento asfáltico realizadas em vias públicas do Município, especialmente quanto:_x000D_
 •	ao tipo e à qualidade do material empregado;_x000D_
 •	à espessura da camada asfáltica aplicada;_x000D_
 •	ao cumprimento das especificações técnicas previstas;_x000D_
 •	e à durabilidade do serviço executado.</t>
   </si>
   <si>
     <t>9581</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Pardini</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9581/indicacao_de_local_correto_de_espera__para_pais_na_piscina_do_interlagos2.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9581/indicacao_de_local_correto_de_espera__para_pais_na_piscina_do_interlagos2.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito entre em entendimento com a secretaria competente, a fim de que seja realizado um estudo técnico para a instalação de um_x000D_
 espaço com bancos e cobertura próximo a piscina do Centro de Lazer Adilson Siqueira, no Jd. Interlagos, para os pais/responsáveis.</t>
   </si>
   <si>
     <t>9582</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9582/indicacao_-_reforma_da_vigilancia_sanitaria.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9582/indicacao_-_reforma_da_vigilancia_sanitaria.pdf</t>
   </si>
   <si>
     <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, para_x000D_
 que providencie à reforma do prédio da Vigilância Sanitária do Município de Arapongas.</t>
   </si>
   <si>
     <t>9583</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Cecéu</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9583/iluminacao_de_led_em_todas_as_ruas_do_jardim_brasil_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9583/iluminacao_de_led_em_todas_as_ruas_do_jardim_brasil_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor do presente, na forma facultada no_x000D_
 Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder_x000D_
 Executivo:_x000D_
 Que o Senhor Prefeito entre em_x000D_
 entendimento com a Secretaria competente, para que se possível substituído_x000D_
 as lâmpadas comuns por lâmpadas de LED em todas as ruas do Jardim Brasil</t>
   </si>
   <si>
     <t>9584</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9584/iluminacao_de_led_no_jardim_cultura_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9584/iluminacao_de_led_no_jardim_cultura_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor do presente, na forma facultada no_x000D_
 Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder_x000D_
 Executivo:_x000D_
 Que o Senhor Prefeito entre em_x000D_
 entendimento com a Secretaria competente, para que se possível seja_x000D_
 substituído as lâmpadas comuns por lâmpadas de LED, na Rua Pato Bravo e_x000D_
 demais ruas do Jardim Cultura</t>
   </si>
   <si>
     <t>9585</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9585/tapa_buracos_no_conjunto_tropical_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9585/tapa_buracos_no_conjunto_tropical_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor do presente, na forma facultada no_x000D_
 Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder_x000D_
 Executivo:_x000D_
 Que o Senhor Prefeito entre em_x000D_
 entendimento com a Secretaria competente, para que se possível seja feito_x000D_
 com urgência o Tapa Buracos nas Ruas Mãe da Lua, Rua Olho de Fogo e demais_x000D_
 Ruas do Conjunto Tropical.</t>
   </si>
   <si>
     <t>9586</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9586/led_em_todas_as_ruas_da_vila_nova_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9586/led_em_todas_as_ruas_da_vila_nova_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
 			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível substituído as lâmpadas comuns por lâmpadas de LED em todas as ruas da Vila Nova.</t>
   </si>
   <si>
+    <t>9592</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9592/m01_troca_de_iluminacao_paulino_fedrigo_assinado_to.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Subscritor do presente, na forma facultada_x000D_
+no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao_x000D_
+Poder Executivo:_x000D_
+Indico ao Excelentíssimo Senhor Prefeito, que entre em_x000D_
+entendimento com a secretaria competente para que se faça a substituição_x000D_
+das lâmpadas comuns presentes por lâmpadas de LED em toda extensão do_x000D_
+Bairro Jardim Paulino Fedrigo, Município de Arapongas Pr.</t>
+  </si>
+  <si>
+    <t>9599</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9599/desentupimento_de_bueiro_ass.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
+Secretaria competente, no sentido de que seja realizado o desentupimento de_x000D_
+bueiro na Rua Mariquita dos Rios, em frente ao nº 240, no bairro Jardim Mônaco.</t>
+  </si>
+  <si>
+    <t>9600</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9600/tapa_buracos_na_rua_ararajuba_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja feito em caráter de urgência o Tapa Buracos na Rua Ararajuba e demais ruas da Zona Sul</t>
+  </si>
+  <si>
+    <t>9601</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9601/tapa_buracos_da_entrada_da_colonia_esperanca_ate_aricanduva_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja feito em caráter de urgência o Tapa Buracos na Rua Rouxinol, no trecho que vai da entrada da Colônia Esperança até o Distrito de Aricanduva.</t>
+  </si>
+  <si>
+    <t>9602</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9602/rocagem_do_mato_nos_canterios_central_e_pracas_da_zona_sul._assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja feito em caráter de urgência a roçagem do mato em todos os canteiros central e praças da Zona Sul.</t>
+  </si>
+  <si>
+    <t>9603</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9603/rocagem_do_mato_no_trecho_da_rua_rouxinol_que_vai_do_cdp_ate_a_entrada_da_colonia_esperanca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja feito em carácter de urgência a roçagem do mato na Rua Rouxinol, no trecho que vai do CDP até a entrada da Colônia Esperança.</t>
+  </si>
+  <si>
+    <t>9604</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9604/aplicacao_de_fresados_estrada_miaque_novo_mundo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições_x000D_
+legais e regimentais, especialmente nos termos do art. 114 do Regimento_x000D_
+Interno desta Casa de Leis, apresenta a seguinte:_x000D_
+Indico ao Excelentíssimo Senhor Prefeito que busque_x000D_
+entendimento junto à secretaria competente para viabilizar a execução de obras_x000D_
+de melhorias com aplicação de fresados na estrada Miaque no Novo Mundo_x000D_
+Zona Rural do município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9605</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9605/006_-_indicacao_cobertura_piscina_meu_campao.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito do Município entre em entendimento com o órgão competente, no sentido de que seja providenciado a instalação de cobertura e o aquecimento da piscina localizada no espaço Meu Campão do Jardim Interlagos.</t>
+  </si>
+  <si>
+    <t>9606</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9606/indicacao_implantacao_de_canetas_emagrecedoras_pelo_sus._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito Municipal entre em entendimento com a Secretaria Municipal de Saúde, visando à implantação e disponibilização de medicamentos injetáveis para o tratamento da obesidade (conhecidos como “canetas emagrecedoras”) no âmbito do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>9607</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9607/indicacao_solicitacao_de_aquisicao_de_novos_veiculos_para_a_saude._assinado.pdf</t>
+  </si>
+  <si>
+    <t>A presente Indicação tem por objetivo que a Secretaria Municipal competente pleiteie, junto à Secretaria de Estado da Saúde do Paraná (SESA), a aquisição de novos veículos destinados às Unidades Básicas de Saúde (UBS) do Município de Arapongas, em razão da elevada demanda existente.</t>
+  </si>
+  <si>
+    <t>9608</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9608/indicacao_implantacao_da_semana_de_combate_a_obesidade_assinado.pdf</t>
+  </si>
+  <si>
+    <t>A presente Indicação tem por objetivo promover a prevenção da obesidade infantil, contribuindo para a melhoria da saúde, da qualidade de vida e do bem-estar das crianças do município.</t>
+  </si>
+  <si>
+    <t>9609</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9609/led_na_rua_japim_preto_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja feito em carácter de urgência a substituição das lâmpadas comuns por lâmpadas de led em toda a extensão da Rua Japim Preto e demais ruas do Jardim Paraíso</t>
+  </si>
+  <si>
+    <t>9610</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9610/led_na_rua_do_re_mi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja feito em caráter de urgência a substituição das lâmpadas comuns por lâmpadas de led em toda a extensão da Rua Dó Ré Mi, no Jd. Morumbi</t>
+  </si>
+  <si>
+    <t>9611</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9611/indicacao_implantacao_de_uma_farmacia_24_horas._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito Municipal entre em entendimento com a Secretaria Municipal de Saúde, visando à implantação de uma farmácia com funcionamento 24 (vinte e quatro) horas na área central do município.</t>
+  </si>
+  <si>
+    <t>9612</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9612/indicacao_-_interligacao_rua_coroados-_condominio_do_idoso_-_jardim_interlagos.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito possível estudos para a interligação dos bairros Cidade Jardim entre a Rua Coroados (Condomínio do Idoso), e o Jardim Interlagos.</t>
+  </si>
+  <si>
+    <t>9613</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9613/transporte_coletivo_para_o_condominio_do_idoso_padre_beffa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja providenciado Transporte coletivo que passe no Condomínio do Idoso Padre Beffa.</t>
+  </si>
+  <si>
+    <t>9616</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9616/rua_papagaio_rampa_para_cadeirante_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito do Município entre em entendimento com a secretaria competente para que seja providenciada a implantação de uma rampa de acessibilidade para cadeirantes na Rua Papagaio, esquina com o Parque das Nações, tendo em vista que, no local indicado, há faixa de pedestres com rampa apenas de um lado da via, impossibilitando a travessia segura e acessível para pessoas com mobilidade reduzida.</t>
+  </si>
+  <si>
+    <t>9620</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9620/13.02_garricha_do_mato_grosso.pdf</t>
+  </si>
+  <si>
+    <t>a realização do asfalto na rua Garricha do Mato Grosso.</t>
+  </si>
+  <si>
+    <t>9622</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9622/recapeamento_asfaltico_rua_pica_pau_atras_do_cemiterio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, nos termos do Regimento_x000D_
+Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
+indicação:_x000D_
+Indico ao excelentíssimo senhor prefeito que busque_x000D_
+entendimento junto à secretaria competente para viabilizar a realização de_x000D_
+recapeamento asfáltico na Rua Pica Pau atras do Cemitério Municipal no_x000D_
+município de Arapongas Pr.</t>
+  </si>
+  <si>
+    <t>9623</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9623/tapa_buraco_rua_catatau_jardim_columbia_i_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Excelentíssimo Senhor Presidente da Câmara Municipal de_x000D_
+Arapongas,_x000D_
+Senhores(as) Vereadores(as),_x000D_
+O Vereador subscritor da presente, nos termos do Regimento_x000D_
+Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
+indicação:_x000D_
+Indico ao excelentíssimo senhor prefeito que busque_x000D_
+entendimento junto à secretaria competente para viabilizar a realização de_x000D_
+estudos técnicos para que seja feito TAPA BURACO na Rua Catatau no Jardim_x000D_
+Columbia I município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9624</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9624/fundos_guarda_municipal_e_secretaria_educacao_ass1.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se ao Excelentíssimo Senhor Prefeito Municipal que determine à_x000D_
+secretaria competente a adoção das providências necessárias para a realização_x000D_
+de reparos e reformas na área localizada nos fundos da sede da Guarda_x000D_
+Municipal e da Secretaria de Educação, em razão do estado de deterioração em_x000D_
+que se encontra o referido espaço público, o qual apresenta calçamento_x000D_
+danificado, iluminação em más condições e árvores que necessitam de poda_x000D_
+adequada.</t>
+  </si>
+  <si>
+    <t>9628</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9628/indicacao_-_manutencao_bueiro_-_rua_mae_de_taoca_-_jardim_aeroporto.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria_x000D_
+competente, para que seja feito a limpeza, desentupimento e manutenção do bueiro_x000D_
+localizado na Rua Mãe de Taoca esquina com a Rua Capitão do Mato no Jardim_x000D_
+Aeroporto.</t>
+  </si>
+  <si>
+    <t>9629</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9629/indicacao_-_manutencao_bueiro_-_rua_rendeira_-_jardim_aeroporto.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria_x000D_
+competente, para que seja feito a limpeza, desentupimento e manutenção do bueiro_x000D_
+localizado na Rua Rendeira esquina com a Rua Marianinha no Jardim Aeroporto.</t>
+  </si>
+  <si>
+    <t>9630</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9630/indicacao_-_manutencao_bueiro_-_rua_teu_teu_-_jardim_caravelle.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria_x000D_
+competente, para que seja feito a limpeza, desentupimento e manutenção do bueiro_x000D_
+localizado na Rua Teu Teu esquina com a Rua Beija Flor de Penacho no Jardim_x000D_
+Caravelle.</t>
+  </si>
+  <si>
+    <t>9631</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9631/indicacao_-_recapeamento_asfaltico__-_conjunto_tropical.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a secretaria competente,_x000D_
+em caráter de urgência, realize um estudo para avaliação das condições das vias_x000D_
+públicas do Conjunto Tropical, visto que é visível a necessidade de recapeamento_x000D_
+asfáltico em grande parte das ruas do referido conjunto.</t>
+  </si>
+  <si>
+    <t>9632</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9632/indicacao_-_manutencao_bueiro_-_conjunto_tropical.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria_x000D_
+competente, para que seja feito a limpeza, desentupimento e manutenção dos bueiros_x000D_
+localizados em toda a extensão do Conjunto Tropical.</t>
+  </si>
+  <si>
+    <t>9633</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9633/indicacao_-_recapeamento_asfaltico__-_rua_atoba_pardo_-_jardim_bela_vista.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a secretaria competente,_x000D_
+em caráter de urgência, realize um estudo para avaliação das condições da via pública_x000D_
+da Rua Atobá Pardo localizado no Jardim Bela Vista, visto que é visível a necessidade_x000D_
+de recapeamento asfáltico da referida rua.</t>
+  </si>
+  <si>
+    <t>9634</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9634/ind.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Senhor Prefeito que entre em entendimento com a Secretaria competente, para que seja feito o serviço de TAPA BURACOS na seguinte Avenida:_x000D_
+Avenida Tangara, nº 1790</t>
+  </si>
+  <si>
+    <t>9636</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9636/ind._denominacao_de_ubs_helen_karin.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora subscritora da presente, na forma facultada no Regimento Interno, em especial o art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo: _x000D_
+Que o Senhor Prefeito do Município considere que seja denominada uma das Unidades Básicas de Saúde a serem inauguradas no corrente ano com o nome de: Unidade Básica de Saúde HELEN KARIN DA SILVA.</t>
+  </si>
+  <si>
+    <t>9637</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9637/rua_eurilemos_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito Municipal determine à Secretaria_x000D_
+competente a realização de serviço de tapa-buraco na Rua Eurilemos, em frente_x000D_
+ao nº 275, no Centro.</t>
+  </si>
+  <si>
+    <t>9645</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9645/patrola_nas_estradas_rurais_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja passada a Patrola nas estradas rurais do Município, entre elas a estrada do Novo Mundo e a Estrada do Miake.</t>
+  </si>
+  <si>
+    <t>9646</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9646/a2026_m02_d25_ati__monaco__assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, nos termos do Regimento_x000D_
+Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
+indicação:_x000D_
+Indico ao Excelentíssimo Senhor Prefeito que busque_x000D_
+entendimento junto à secretaria competente para viabilizar a implantação de_x000D_
+uma ATI Academia da Terceira Idade, na Rua Suiriri Cinza com Amanaci no_x000D_
+Jardim Mônaco II.</t>
+  </si>
+  <si>
+    <t>9647</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9647/a2026_m02_d25_rocagem_rua_beija_flor_cinza_jardim_paulista_ii_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma_x000D_
+facultada no Regime Interno, art. 114, tem a honra de propor a_x000D_
+seguinte indicação ao Poder Executivo:_x000D_
+Que o Senhor Prefeito entre em entendimento com_x000D_
+a secretaria competente, para que seja realizado a roçagem do mato_x000D_
+localizado na Rua Beija Flor Cinza próximo ao nº 144 no Jardim_x000D_
+Paulista II, município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9648</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9648/anteprojeto_doacao_sangue_ass.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, para que determine aos órgãos competentes estudo de viabilidade técnica, jurídica e administrativa visando à implantação de Programa Municipal de Incentivo à Doação de Sangue e ao Cadastro de Doadores de Medula Óssea, mediante mecanismos administrativos compatíveis com a legislação vigente, inclusive avaliando a possibilidade de conversão de multas de trânsito de natureza leve aplicadas pelo órgão municipal, quando juridicamente admissível.</t>
+  </si>
+  <si>
+    <t>9649</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9649/indicacao_solicitacao_de_fisioterapeuta_para_a_piscina_do_bairro_cidade_jardim.__assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo artigo 114 do Regimento Interno desta Casa de Leis, tem a honra de apresentar a seguinte Indicação ao Poder Executivo Municipal:_x000D_
+Indica-se ao Senhor Prefeito Municipal que determine à Secretaria Municipal de Saúde a disponibilização de profissional fisioterapeuta com especialização em fisioterapia aquática para atendimento aos idosos residentes no Condomínio do Idoso, localizado no bairro Cidade Jardim.</t>
+  </si>
+  <si>
+    <t>9650</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9650/fiacao_aerea_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Exmo. Sr. Prefeito Municipal de Arapongas a intensificação da fiscalização, manutenção e regularização da fiação aérea no município, com vistas a garantir a segurança pública, a ordem urbana e a estética da cidade, prevenindo acidentes e promovendo um ambiente mais seguro e organizado para pedestres, motoristas e moradores.</t>
+  </si>
+  <si>
+    <t>9651</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9651/indicacao_-_ambulatorio_geriatrico.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria_x000D_
+competente, para viabilizar a implantação de um ambulatório de atendimento_x000D_
+geriátrico em nosso município._x000D_
+Esta medida se justifica pelo aumento significativo da população_x000D_
+idosa em Arapongas, o que demanda um atendimento especializado e contínuo._x000D_
+A criação deste ambulatório permitirá um acompanhamento integral e_x000D_
+interdisciplinar, promovendo a melhoria da qualidade de vida dos nossos idosos</t>
+  </si>
+  <si>
+    <t>9652</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9652/indicacao_-_ante-projeto_farmacia_veterianaria_popular.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria_x000D_
+competente, avalie a possibilidade de que, assim que for instalada a Clínica_x000D_
+Veterinária Municipal, seja criada a Farmácia Veterinária Municipal,_x000D_
+conforme descrito no Anteprojeto de Lei anexo.</t>
+  </si>
+  <si>
+    <t>9653</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9653/indicacao_-_recapeamento_asfaltico__-_rua_irere_-_entre_as_ruas_garcas_e_falcao.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a secretaria competente,_x000D_
+em caráter de urgência, realize um estudo para avaliação das condições da via pública_x000D_
+da Rua Irerê, trecho compreendido entre as Ruas Garças e Falcão localizado no Jardim_x000D_
+Panorama, visto que é visível a necessidade de recapeamento asfáltico da referida rua,_x000D_
+com o cuidado de estudo na caída da água que corre no meio fio, devido não conseguir_x000D_
+chegar no destino final, que é no bueiro. Motivo este que sempre o asfalto fica_x000D_
+esburacado.</t>
+  </si>
+  <si>
+    <t>9654</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9654/indicacao_-_ati_e_meu_campinho_no_bem_viver.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria_x000D_
+competente, para que, providencie a implantação de um espaço de lazer no_x000D_
+Conjunto Bem Viver e a instalação de uma Academia da Terceira Idade (ATI).</t>
+  </si>
+  <si>
+    <t>9655</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9655/indicacao_-_cyber_do_idoso.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente,_x000D_
+implemente oficinas de "Cyber para a Terceira Idade" nos Centros de Convivência dos_x000D_
+Idosos (CCIs).</t>
+  </si>
+  <si>
+    <t>9656</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9656/indicacao_-_iluminacao_tropical_poste_americano.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie os reparos necessários e a substituição das lâmpadas queimadas nos postes do tipo americano instalados no Conjunto Tropical.</t>
+  </si>
+  <si>
+    <t>9657</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9657/indicacao_-_lampadas_de_led_na_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente,_x000D_
+seja realizada a substituição das lâmpadas convencionais dos postes de iluminação_x000D_
+pública por lâmpadas de LED nas áreas do município onde esse serviço ainda não foi_x000D_
+executado.</t>
+  </si>
+  <si>
+    <t>9658</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9658/indicacao_-_curso_tecnico_agricola_no_interlagos.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria_x000D_
+competente, para que sejam realizados estudos visando à inclusão do Curso Técnico em_x000D_
+Agrícola no projeto do futuro Colégio Estadual, que será construído no bairro Interlagos.</t>
+  </si>
+  <si>
+    <t>9659</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9659/indicacao_-_criacao_de_estacao_de_carregamento_de_celulares.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente,_x000D_
+estude a possibilidade de instalar estações de recarregamento para bicicletas e patinetes_x000D_
+elétricos, com tomadas e painéis solares, em pontos estratégicos da cidade, como_x000D_
+praças, ciclofaixas e proximidades de instituições de ensino.</t>
+  </si>
+  <si>
+    <t>9660</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9660/indicacao_-_contratacao_de_auxiliar_e_assistente_administravo_para_cmeis.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
+competente, para que seja realizada a contratação de um auxiliar_x000D_
+administrativo para cada unidade dos CMEIs, independente do porte, com o_x000D_
+objetivo de tirar a sobrecarga das diretoras, devido até o presente momento_x000D_
+caber a elas a responsabilidade de realização de todo serviço burocrático,_x000D_
+sendo este, função do setor administrativo.</t>
+  </si>
+  <si>
+    <t>9661</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9661/indicacao_-_monitor_em_onibus_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
+competente, para que seja viabilizada a inclusão de monitores nos ônibus_x000D_
+escolares do município.</t>
+  </si>
+  <si>
+    <t>9662</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9662/indicacao_-_pontos_coberto__de_circular_-_jardim_bela_vista.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria_x000D_
+competente, para que seja realizada a instalação de pontos de ônibus com_x000D_
+cobertura no Jardim Bela Vista.</t>
+  </si>
+  <si>
+    <t>9663</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9663/indicacao_-_programa_arapongas_verde_digital.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente,_x000D_
+avalie a criação do programa “Arapongas Verde Digital”, por meio do desenvolvimento_x000D_
+de um aplicativo municipal que permita aos cidadãos enviar fotos e relatos em tempo real_x000D_
+sobre problemas urbanos, tais como descarte irregular de lixo, buracos, iluminação_x000D_
+pública deficiente e desmatamento, com acompanhamento das providências adotadas_x000D_
+pela Prefeitura. Ressalta-se que os vereadores poderão ter acesso às demandas_x000D_
+registradas para acompanhar e articular junto às secretarias competentes a solução das_x000D_
+solicitações da comunidade.</t>
+  </si>
+  <si>
+    <t>9664</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9664/indicacao_-_poste_luz_parquinho_tropical.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria_x000D_
+competente para que seja realizada a manutenção do poste de iluminação localizado no_x000D_
+Parque Infantil do Conjunto Tropical, que atualmente encontra-se com a luz apagada,_x000D_
+deixando o ambiente escuro e perigoso, especialmente para as crianças que frequentam_x000D_
+o local no período da tarde e início da noite.</t>
+  </si>
+  <si>
+    <t>9670</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9670/indicacao_-_construcao_de_espaco_doencas_raras.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, estude a viabilidade de construção de um espaço para atendimento de Doenças Raras no município de Arapongas, com o objetivo de oferecer atendimento especializado as pessoas que convivem com doenças raras.</t>
+  </si>
+  <si>
+    <t>9671</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9671/indicacao_-_substituicao_sinal_sonoro_autista.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, para que, sejam substituídos os sinais sonoros (campainhas, sirenes e outros) nas unidades escolares por mecanismos visuais ou sinais auditivos alternativos (musical), visando a inclusão dos alunos com Transtorno do Espectro Autista (TEA).</t>
+  </si>
+  <si>
+    <t>9672</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9672/indicacao_-_manutencao_lampadas_praca_da_saudade.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que seja providenciado instalação de mais unidades de lâmpadas na Praça da Saudade, visto que nos finais de semana e feriados, as famílias usufruem muito do local. Prolongando assim o horário no final da tarde. Com isso oferecerá maior segurança, sem preocupação do horário noturno.</t>
+  </si>
+  <si>
+    <t>9673</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9673/indicacao_-_manutencao_lixeiras_praca_da_saudade.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que seja providenciado instalação urgente de mais lixeiras e com tamanho maior. Nos finais de semana e feriados percebe-se que mesmo a população utilizando as lixeiras, está sendo insuficiente para o descarte do lixo devido ao número de unidades e tamanho das lixeiras, deixando assim, no final do dia, uma imagem de abandono.</t>
+  </si>
+  <si>
+    <t>9674</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9674/indicacao_-_ante-projeto_monitoramento_digital_glicemia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, avalie a possibilidade de implantar no Município de Arapongas o Programa e Política Municipal de Monitoramento Digital Contínuo de Glicemia, com o fornecimento de aparelhos digitais de medição e sensores de controle glicêmico para pessoas com diabetes mellitus tipo 1 e 2. Em última Instância devido ao valor do Sensor, se possível atender primeiramente as crianças conforme estatística que será informado pela Secretaria de Saúde.</t>
+  </si>
+  <si>
+    <t>9675</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9675/indicacao_-_ar_condicionado_nas_escolas.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a instalação de aparelhos de ar-condicionado em toda a Rede Municipal de Ensino de Arapongas.</t>
+  </si>
+  <si>
+    <t>9676</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9676/indicacao_-_cascalho_da_estrada_velha.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que seja realizado o cascalhamento da estrada velha, localizada ao lado da empresa Móveis Estrela, em frente ao Conjunto Tropical.</t>
+  </si>
+  <si>
+    <t>9677</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9677/indicacao_-_recapeamento_da_rua_andorinha_de_colar_negro_-_jardim_san_rafael.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie o recapeamento asfáltico da Rua Andorinha de Colar Negro, na extensão do número 250 no Jardim San Rafael.</t>
+  </si>
+  <si>
+    <t>9678</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9678/indicacao_-_conselho_tutelar_ii.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria competente, para que, seja feita uma análise e estudo da possibilidade da criação e implantação de um segundo Conselho Tutelar no município de Arapongas, em conformidade com as diretrizes do Estatuto da Criança e do Adolescente e da Resolução nº 231/2022 do CONANDA.</t>
+  </si>
+  <si>
+    <t>9679</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Aroldo Pagan</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9679/indicacao_-_detran_ok.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, no uso das atribuições que lhe são conferidas pelo Regimento Interno desta Casa de Leis, especialmente nos termos do artigo 114, vem respeitosamente INDICAR ao Poder Executivo Municipal que promova entendimentos junto à Secretaria Municipal competente, especialmente junto ao setor responsável pela gestão do trânsito municipal, a fim de que seja elaborado Projeto Técnico de Sinalização Viária Urbana, visando a participação do Município de Arapongas no Edital de Chamamento Público nº 03/2025 – GMS nº 38/2025 do DETRAN-PR.</t>
+  </si>
+  <si>
+    <t>9680</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9680/indicacao_-_defesa_civil_1_ok.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a presente subscreve, no uso de suas atribuições legais e regimentais, indica ao Excelentíssimo Senhor Prefeito Municipal que sejam realizados os estudos necessários e adotadas as providências cabíveis para a contratação/criação de cargos junto à Defesa Civil Municipal, sendo: um cargo de Coordenador Operacional e um cargo de Secretário(a), e que remeta o Sr. Sr. Paulo Kümmel. Como Diretor Operacional da Defesa Civil.</t>
+  </si>
+  <si>
+    <t>9682</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9682/008-_fechamento_lateral_ceu.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito do Município entre em entendimento com o órgão competente, no sentido de que seja providenciado o fechamento das laterais da quadra poliesportiva localizada no CEU - Centro de Artes e Esportes Unificados de Arapongas na Rua Andorinha do Rio, Parque Industrial IV.</t>
+  </si>
+  <si>
+    <t>9683</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9683/tapa_buracos_na_rua_marreca_assobiadeira_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no_x000D_
+Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder_x000D_
+Executivo:_x000D_
+Que o Senhor Prefeito entre em_x000D_
+entendimento com a Secretaria competente, para que se possível seja feito_x000D_
+tapa buracos na Rua Marreca Assobiadeira, em frente o CEMEI Pequenos_x000D_
+Brilhantes</t>
+  </si>
+  <si>
+    <t>9684</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9684/tapa_buracos_na_rua_quete_e_demais_ruas_da_zona_sul_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no_x000D_
+Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder_x000D_
+Executivo:_x000D_
+Que o Senhor Prefeito entre em_x000D_
+entendimento com a Secretaria competente, para que se possível seja feito_x000D_
+tapa buracos na Rua Quete e demais ruas da Zona Sul.</t>
+  </si>
+  <si>
+    <t>9685</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>Professor Marcelo Junio</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9685/indicacao_mudanca_no_uniforme_escola_tea_digital.pdf</t>
+  </si>
+  <si>
+    <t>Que o Sr. Prefeito do Município entre em entendimento com as Secretarias competentes, especialmente com a Secretaria Municipal de Educação, para que seja estudada a possibilidade de incluir nos uniformes escolares da rede municipal de ensino, destinados aos alunos com_x000D_
+Transtorno do Espectro Autista (TEA), um detalhe de identificação com o símbolo do quebra-cabeça, símbolo amplamente utilizado na conscientização sobre o autismo.</t>
+  </si>
+  <si>
+    <t>9686</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9686/indicacao_-_estudos_arvores_do_conjunto_tropical.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente,_x000D_
+viabilize a realização de um estudo técnico minucioso nas árvores localizadas no Conjunto_x000D_
+Tropical, com o objetivo de avaliar as condições estruturais e fitossanitárias das mesmas.</t>
+  </si>
+  <si>
+    <t>9689</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9689/rua_dancador_verde_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito do Município entre em entendimento_x000D_
+com a secretaria competente para a realização de avaliação técnica visando ao_x000D_
+recapeamento da Rua Dançador Verde, no Bairro Jardim San Raphael, adotandose_x000D_
+a solução que melhor atenda às necessidades da via.</t>
+  </si>
+  <si>
+    <t>9690</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9690/rua_arapacu_vermelho_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito do Município entre em_x000D_
+entendimento com a secretaria competente para a realização de avaliação técnica_x000D_
+visando ao recapeamento da Rua Arapaçu Vermelho, no Conjunto Águias,_x000D_
+adotando-se a solução que melhor atenda às necessidades da via.</t>
+  </si>
+  <si>
+    <t>9691</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9691/rua_juriti_piranga_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito entre em entendimento com a_x000D_
+secretaria competente para realização de avaliação técnica visando ao_x000D_
+recapeamento ou operação tapa-buracos na Rua Juriti Piranga, próximo ao nº_x000D_
+140, no Bairro Conjunto Flamingos III, adotando-se a solução mais adequada_x000D_
+para a via.</t>
+  </si>
+  <si>
+    <t>9692</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9692/caneleirinho_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito entre em entendimento com a_x000D_
+secretaria competente para avaliação técnica e reparo de um buraco na Rua_x000D_
+Caneleirinho, na interseção com a Rua Iratauá, no sentido do Jardim Campestre.</t>
+  </si>
+  <si>
+    <t>9693</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9693/gaviao_cinzento_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito do Município entre em_x000D_
+entendimento com a secretaria competente, a fim de que sejam realizados_x000D_
+serviços de recapeamento na Rua Gavião Cinzento, no Jardim San Rafael.</t>
+  </si>
+  <si>
+    <t>9694</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9694/rua_cardeal_de_bico_amarelo_ass.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que o Senhor Prefeito do Município entre em_x000D_
+entendimento com a secretaria competente, a fim de que seja realizada avaliação_x000D_
+técnica para definição da intervenção mais adequada, recapeamento ou serviços_x000D_
+de tapa-buracos, na Rua Cardeal de Bico Amarelo, no Bairro Conjunto Águias,_x000D_
+exigindo-se a execução da solução que melhor atenda às necessidades da via.</t>
+  </si>
+  <si>
+    <t>9695</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9695/tapa_buracos_na_rua_japuguacu_no_jd._bela_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que se possível seja feito tapa buracos na Rua Japuguaçu e demais ruas do Jardim Bela Vista.</t>
+  </si>
+  <si>
+    <t>9696</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9696/fresados_estrada_alianca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições_x000D_
+legais e regimentais, especialmente nos termos do art. 114 do Regimento_x000D_
+Interno desta Casa de Leis, apresenta a seguinte:_x000D_
+Indico ao Excelentíssimo Senhor Prefeito que busque_x000D_
+entendimento junto à secretaria competente para viabilizar a execução de obras_x000D_
+de melhorias com aplicação de fresados na Estrada Aliança em toda sua_x000D_
+extensão.</t>
+  </si>
+  <si>
+    <t>9697</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9697/poda_arvore_e_sinalizacao_viaria_gaviao_tinga_com_dancador_laranja_campestre_ii_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, nos termos do Regimento_x000D_
+Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
+indicação:_x000D_
+Indico ao Excelentíssimo Senhor Prefeito que busque entendimento_x000D_
+junto à secretaria competente para viabilizar a realização do serviço de poda de_x000D_
+árvores e sinalização viária na Rua Gavião Tinga com Rua Dançador laranja_x000D_
+Jardim Campestre II no município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9698</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9698/indicacao_-_pintura_e_revitalizacao_da_caixa_dagua_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Para que, através da Secretaria Municipal de Cultura, sejam adotadas providências visando a restauração e revitalização da Caixa d’Água localizada na Praça da Igreja Matriz de Arapongas, importante monumento artístico, arquitetônico e histórico da cidade.</t>
+  </si>
+  <si>
+    <t>9699</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9699/indicacao_-_homenagem_ao_francisco_vieira_soares_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>O Sr. Francisco Vieira Soares Filho, nascido em 01 de abril de 1944 e falecido em 12 de março de 2024, foi um cidadão exemplar, casado com a Sra. Lázara Ribeiro Soares e residente na Rua Condor, nº 471, Vila Cascata. Atuou como apicultor, agricultor e feirante por 34 anos, sendo amplamente reconhecido por sua dedicação à natureza e à comunidade local.</t>
+  </si>
+  <si>
+    <t>9700</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9700/indicacao_-_bebedouro_no_meu_campinho_tropical_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria competente, para que sejam instalados bebedouros e torneiras com água potável no espaço “Meu Campinho”, localizado no Jardim Tropical.</t>
+  </si>
+  <si>
+    <t>9701</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9701/indicacao_-_aulas_disciplina_historia_ensino_fundamental_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria Municipal de Educação, viabilize a implementação de um projeto de atividade complementar na disciplina de História, destinado aos alunos do 3º ano do Ensino Fundamental – Série Inicial.</t>
+  </si>
+  <si>
+    <t>9702</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9702/indicacao_-_solicitacao_sinalizacao_transito_honpar_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a secretaria competente, para que sejam realizados estudos técnicos e, posteriormente, executadas ações de revitalização e implantação de sinalização viária na Avenida Gaturamo, nº 1600, nas proximidades do CDA HONPAR – Centro de Diagnóstico Avançado do Hospital Norte Paranaense. A medida deverá contemplar:</t>
+  </si>
+  <si>
+    <t>9703</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9703/clinica_de_fisioterapia_na_praca_ceu_das_artes_na_zona_sul_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que seja implantada na Praça Ceu das Artes uma Clínica Municipal de Fisioterapia para atender a toda população.</t>
+  </si>
+  <si>
+    <t>9704</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9704/13.03_porteira_gaioleiros.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a instalação com os dizeres “Proibido jogar lixo – sujeito a multa”, e uma porteira na entrada do Parque de Eventos Radicais do Alto da Boa Vista.</t>
+  </si>
+  <si>
+    <t>9705</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9705/indicacao_-_parque_tematico_dentro_do_parque_dos_passaros_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>A criação de um espaço lúdico e interativo para as crianças proporcionará momentos de lazer em família, incentivando a convivência social e o uso saudável dos espaços públicos. Um Parque Temático bem estruturado poderá contar com brinquedos, cenários criativos, áreas de sombra, segurança adequada e acessibilidade, tornando-se uma excelente opção de passeio para os pais com seus filhos.</t>
+  </si>
+  <si>
+    <t>9706</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9706/indicacao_-_recapeamento__da_rua_rua_corrupiao_do_rio_negro_no_herrminio_maria_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a secretaria competente, com caráter de urgência, realize um estudo para avaliação das condições das vias públicas do Conjunto Hermínio Maria, em especifico na Rua Corrupião do Rio Negro visto que é visível a necessidade de recapeamento asfáltico.</t>
+  </si>
+  <si>
+    <t>9707</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9707/indicacao_-_recapeamento_da_rua_gaturamo_rei_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Gaturamo Rei no Jardim San Rafael.</t>
+  </si>
+  <si>
+    <t>9708</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9708/13.03_fazenda_gaucha.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a manutenção na estrada rural “Estrada da Fazenda Gaúcha”</t>
+  </si>
+  <si>
+    <t>9709</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9709/indicacao_-_feira_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, estude a viabilidade de instituir a “Feira da Mulher” na Praça Mauá, a ser realizada nos dois primeiros sábados de cada mês, com o objetivo de incentivar o empreendedorismo feminino, promover a geração de renda e valorizar o trabalho das mulheres do município.</t>
+  </si>
+  <si>
+    <t>9711</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9711/indicacao_-_placa_com_identificacao_na_praca_dr._ciro_bolivar_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, para que, seja instalado uma placa de identificação na Praça denominada Dr. Ciro Bolivar, localizada entre as ruas Lori, Noitibó e Marabú, nas proximidades do Hospital Santa Rita e da Escola Estadual Prof.ª Júlia Wanderley.</t>
+  </si>
+  <si>
+    <t>9712</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9712/indicacao_-_recapeamento_da_rua_casuar_jardim_primavera_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Casuar no Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>9713</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9713/indicacao_de_manutencao_asfaltica_rua_avoante_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo art. 114 do Regimento Interno desta Casa de Leis, vem, respeitosamente, apresentar a seguinte Indicação ao Poder Executivo Municipal:_x000D_
+Indica ao Senhor Prefeito Municipal que entre em entendimento com a Secretaria Municipal competente, a fim de providenciar o recapeamento ou a manutenção asfáltica da Rua Mocinha Branca e das demais ruas localizadas no bairro Conjunto Águias, tendo em vista que as vias se encontram em péssimas condições de trafegabilidade.</t>
+  </si>
+  <si>
+    <t>9714</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9714/indicacao_-_recapeamento_da_rua_cisne_negro_corina_pugliesi_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Cisne Negro, no Conjunto Corina Pugliesi.</t>
+  </si>
+  <si>
+    <t>9715</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9715/indicacao_reforma_do_cemei_dom_geraldo._assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, na forma facultada pelo Regimento Interno desta Casa, especialmente em seu art. 114, tem a honra de propor a seguinte Indicação ao Poder Executivo:_x000D_
+Que o Senhor Prefeito Municipal entre em entendimento com a Secretaria competente, no sentido de que seja realizada a reforma do CEMEI Dom Geraldo Fernandes, localizado na Rua Ferreiro, nº 150, Vila Industrial.</t>
+  </si>
+  <si>
+    <t>9716</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9716/indicacao_reforma_escola_padre_chico_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, na forma facultada pelo Regimento Interno, especialmente em seu art. 114, tem a honra de propor a seguinte Indicação ao Poder Executivo:_x000D_
+Que o Senhor Prefeito Municipal entre em entendimento com a Secretaria competente, no sentido de que seja realizada a reforma da Escola Municipal Padre Chico, localizada na Rua Águia Pesqueira, no Jardim Europa.</t>
+  </si>
+  <si>
+    <t>9717</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9717/indicacao_descongelamento.pdf</t>
+  </si>
+  <si>
+    <t>Indicação para que o Senhor Prefeito Municipal promova os estudos necessários e adote as providências administrativas e legislativas cabíveis para realizar o descongelamento das verbas e progressões funcionais dos servidores públicos municipais que permaneceram suspensas durante o período da pandemia da COVID-19.</t>
+  </si>
+  <si>
+    <t>9718</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9718/indicacao_de_sinalizacao_rua_albatroz_real_esquina_com_andorinha_de_colar_negro._assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo Art. 114 do Regimento Interno desta Casa de Leis, tem a honra de apresentar ao Poder Executivo Municipal a seguinte Indicação:_x000D_
+Indica ao Senhor Prefeito Municipal que entre em entendimento com a Secretaria competente, no sentido de que seja realizada a implantação e/ou revitalização da sinalização viária, com pintura de faixa de pedestres, na Rua Albatroz Real, esquina com a Rua Andorinha-de-Colar-Negro, no Conjunto Flamingos III.</t>
+  </si>
+  <si>
+    <t>9719</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9719/indicacao_implantacao_ciclovia_na_estrada_solana._assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo art. 114 do Regimento Interno desta Casa de Leis, vem, respeitosamente, apresentar a seguinte Indicação ao Poder Executivo Municipal:_x000D_
+Indica ao Senhor Prefeito Municipal que entre em entendimento com a Secretaria Municipal competente, no sentido de viabilizar a implantação de uma ciclovia na Estrada da Solana, no prolongamento da Avenida Siriema, com o objetivo de proporcionar maior segurança aos ciclistas que utilizam a via.</t>
+  </si>
+  <si>
+    <t>9720</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9720/indicacao_implantacao_feira_de_artesanato_e_gastronomia_na_praca_maua_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo art. 114 do Regimento Interno desta Casa de Leis, vem, respeitosamente, apresentar a seguinte Indicação ao Poder Executivo Municipal:_x000D_
+Indica ao Senhor Prefeito Municipal que entre em entendimento com a Secretaria Municipal competente, no sentido de que seja realizado um estudo para a implantação de uma feira de artesanato e gastronomia na Praça Mauá.</t>
+  </si>
+  <si>
+    <t>9721</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9721/indicacao_de_manutencao_asfaltica_rua_aguia_pesqueira2c_jardim_europa._assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso das atribuições que lhe são conferidas pelo art. 114 do Regimento Interno desta Casa de Leis, vem, respeitosamente, apresentar a seguinte Indicação ao Poder Executivo Municipal:_x000D_
+Indica ao Senhor Prefeito Municipal que entre em entendimento com a Secretaria Municipal competente, a fim de providenciar o recapeamento ou a manutenção asfáltica da Rua Águia Pesqueira, ao lado da Escola Padre Chico, tendo em vista que a via se encontra em péssimas condições de trafegabilidade.</t>
+  </si>
+  <si>
+    <t>9722</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9722/a2026_m03_d16_asfalto_rua_cmei_padre_paulo_speiser_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, nos termos do Regimento_x000D_
+Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
+indicação:_x000D_
+Indico ao excelentíssimo senhor prefeito que busque_x000D_
+entendimento junto à secretaria competente para que seja realizado serviço de_x000D_
+pavimentação asfáltica na rua de acesso ao C’MEI Padre Paulo Speiser, fundo_x000D_
+com Caic localizado na Rua Codornix nº153 Jardim Lorena no Município de_x000D_
+Arapongas.</t>
+  </si>
+  <si>
+    <t>9723</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9723/indicacao_-_show_com_mulher_no_aniversario_da_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, estude a possibilidade de incluir na programação oficial das festividades em comemoração ao aniversário do Município, neste ano, a realização de show(s) musicais com cantoras mulheres, promovendo maior valorização e representatividade feminina nos eventos culturais da cidade.</t>
+  </si>
+  <si>
+    <t>9734</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9734/cavalete_dagua_e_torneira_no_meu_campinho_do_alto_da_boa_vista_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente para que seja instalado um cavalete d’agua e torneira, no Meu Campinho do Alto da Boa Vista, na Zona Sul.</t>
+  </si>
+  <si>
+    <t>9735</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9735/poda_das_arvores_na_rua_rouxinol_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente para que seja feito a poda de três árvores localizadas na Rua Rouxinol, no trecho que vai da entrada da Pedreira até a entrada do Aterro Sanitário, na Zona Sul.</t>
+  </si>
+  <si>
+    <t>9736</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9736/indicacao_01_rua_andorinha_rocagem_digital.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, entre em entendimento com a Secretaria competente, para que seja realizada a roçagem em caráter de urgência no mato localizado na Rua Andorinha do Sul, em frente ao nº 301, no Jardim São Carlos.</t>
+  </si>
+  <si>
+    <t>9737</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9737/ati_no_residencial_piacenza_na_zona_sul.assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente para que seja instalada uma ATI (Academia da Terceira Idade), no pátio do Salão Comunitário do Residencial Piacenza, na Zona Sul.</t>
+  </si>
+  <si>
+    <t>9743</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9743/escolinha_de_volei_na_praca_ceu_das_artes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria de Esportes para que providencie a criação de uma Escolinha de Vôlei para Jovens e Adolescentes na Praça Ceu da Artes, na Zona Sul.</t>
+  </si>
+  <si>
+    <t>9744</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9744/manutencao_do_ar_condicionado_da_clinica_de_fisioterapia_no_csu_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente para que seja feito com urgência a Manutenção no sistema de Ar Condicionado na Clínica Municipal de Fisioterapia Eliana Vasconcelos Sanches, localizada no Centro Social Urbano.</t>
+  </si>
+  <si>
+    <t>9746</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9746/indicacao_-_recapeamento_da_rua_bigua_jardim_primavera_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Biguá no Jardim Primavera</t>
+  </si>
+  <si>
+    <t>9747</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9747/indicacao_-_recapeamento_da_rua_caneleiro_verde_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que seja feito a operação tapa buracos na Rua Caneleiro Verde, a qual, apesar de ter apenas duas quadras, encontra-se em condições precárias devido à grande quantidade de buracos.</t>
+  </si>
+  <si>
+    <t>9748</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9748/indicacao_-_recapeamento_da_rua_chupa_dente_jardim_aeroporto_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Chupa Dente, no Jardim Aeroporto.</t>
+  </si>
+  <si>
+    <t>9749</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9749/indicacao_-_recapeamento_da_rua_soldado_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a secretaria competente, realize um estudo para avaliação das condições Rua Soldado localizada no Jardim Aeroporto, visto que é visível a necessidade de recapeamento asfáltico.</t>
+  </si>
+  <si>
+    <t>9750</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9750/indicacao_-_recapeamento_da_rua_suiriri-cinza_jardim_dona_martinha_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Suiriri-Cinza no Jardim Dona Martinha.</t>
+  </si>
+  <si>
+    <t>9751</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9751/indicacao_-_recapeamento_da_rua_soco_jardim_aeroporto_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Socó, no Jardim Aeroporto.</t>
+  </si>
+  <si>
+    <t>9752</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9752/indicacao_-_recapeamento_da_rua_tacha_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie o Recapeamento asfáltico da Rua Tachá, entre os números 4 ao 456.</t>
+  </si>
+  <si>
+    <t>9753</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9753/indicacao_-_recapeamento_da_rua_saira_purpura_no_jardim_monaco_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Saíra Púrpura no Jardim Mônaco.</t>
+  </si>
+  <si>
+    <t>9754</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9754/indicacao_-_limpeza_do_bueiro_da_rua_surucua_esqina_mutum_poranga_conjunto_centauro_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie com urgência a limpeza do bueiro localizado na Rua Surucuá esquina com Mutum Poranga e também Rua Amandina esquina com Mutum Poranga, no Conjunto Centauro, tendo em vista que, em dias de chuva, a via tem ficado alagada, ocasionando sérios transtornos aos moradores, comerciantes e demais cidadãos que transitam pela região.</t>
+  </si>
+  <si>
+    <t>9755</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9755/indicacao_-_recapeamento_da_rua_saira_do_paraiso_no_jardim_universitario_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Saíra do Paraíso no Jardim Universitário</t>
+  </si>
+  <si>
+    <t>9756</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9756/indicacao_-_recapeamento_da_rua_rabilonga_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Rabilonga.</t>
+  </si>
+  <si>
+    <t>9757</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9757/indicacao_-_recapeamento_da_rua_pardal_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a secretaria competente, para que seja feito o recapeamento da quadra da Rua Pardal que dá acesso ao Buffet Recanto, visto que está apresentando buracos e deformidades.</t>
+  </si>
+  <si>
+    <t>9764</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9764/paco_municipal_waldyr_ortencio_pugliesi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente visando à denominação do prédio do Paço Municipal de Arapongas como: Paço Municipal Waldyr Ortêncio Pugliesi.</t>
+  </si>
+  <si>
+    <t>9765</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9765/rocagem_ubs_ass.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito do Município entre em entendimento com a_x000D_
+Secretaria competente, que seja determinada a realização urgente de roçagem_x000D_
+completa, capina manual/mecanizada, remoção de entulhos e manutenção da_x000D_
+vegetação (mato alto, arbustos etc.) em todas as Unidades Básicas de Saúde (UBS)_x000D_
+do município, incluindo seus terrenos, acessos, calçadas perimetrais e áreas_x000D_
+adjacentes.</t>
+  </si>
+  <si>
+    <t>9767</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9767/indicacao_-_recapeamento_da_rua_periquito_da_campina_no_jardim_monaco_ii_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Periquito da Campina no Jardim Mônaco II.</t>
+  </si>
+  <si>
+    <t>9768</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9768/indicacao_parada_rapida_em_frente_a_farmacia_baroneza_super_popular_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, na forma facultada no Regime Interno, art.114, tem a honra de propor a seguinte indicação ao Poder Executivo._x000D_
+Que o Senhor Prefeito entre em entendimento com a secretaria competente, para que seja feito a instalação de sinalização viária de Parada rápida de 15 minutos com placas indicativas de alertas ligados na Rua Porfílio nº 247 em frente a farmácia Baroneza/Super Popular, no município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9769</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9769/indicacao_-_recapeamento_da_rua_do_re_mi_interligacao_morumbi_x_centauro_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que seja realizada a operação tapa-buracos na Rua Dó-Ré-Mi, com atenção especial ao trecho que interliga os bairros Jardim Centauro e Jardim Morumbi.</t>
+  </si>
+  <si>
+    <t>9770</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9770/a2026_m03_d23_drenagem_av_siriema_esq_com_rua_faisao_e_gralha_azul_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, no uso de suas atribuições_x000D_
+regimentais e com fulcro no artigo 114 do Regimento Interno desta Casa de Leis,_x000D_
+tem a honra de submeter à apreciação deste Plenário a seguinte Indicação ao Poder_x000D_
+Executivo Municipal:_x000D_
+Indico ao Excelentíssimo Senhor Prefeito Municipal que, por_x000D_
+intermédio da Secretaria competente, sejam realizados estudos técnicos visando à_x000D_
+execução de serviços de manutenção e obras de drenagem pluvial, incluindo_x000D_
+limpeza, desobstrução e ampliação de bocas de lobo, com o objetivo de aumentar a_x000D_
+vazão das águas pluviais na esquina da Avenida Siriema com a Rua Faisão e Rua_x000D_
+Gralha Azul, na Vila Araponguinha.</t>
+  </si>
+  <si>
+    <t>9776</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9776/sinalizacao_de_transito_no_tereza_bononi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente para que seja feito em caráter de urgência a sinalização de trânsito horizontal na Rua Piui de Topete e demais ruas do Residencial Tereza Bononi, na Zona Sul.</t>
+  </si>
+  <si>
+    <t>9777</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9777/melhorias_e_jardinagem_na_rua_gaviao_tesoura_na_zona_sul._assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, na forma facultada no Regime Interno, art. 114, tem a honra de propor a seguinte indicação ao Poder Executivo:_x000D_
+			Que o Senhor Prefeito entre em entendimento com a Secretaria competente para que seja feito a melhoria e jardinagem na Rua Gavião Tesoura, no Alto da Boa Vista, na Zona Sul.</t>
+  </si>
+  <si>
+    <t>9778</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9778/pavimentacao_asfaltica_rua_gaviao_branco_jardim_morumbi_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor da presente, nos termos do Regimento_x000D_
+Interno, art. 114, tem a honra de propor ao Poder Executivo a seguinte_x000D_
+indicação:_x000D_
+Indico ao excelentíssimo senhor prefeito que busque_x000D_
+entendimento junto à secretaria competente para viabilizar a realização de_x000D_
+recapeamento asfáltico na Rua Gavião Branco 162 Jardim Morumbi no_x000D_
+município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9779</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9779/bueiro_rua_esmeralda_cauda_azul_ass.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretária competente, para a realização de limpeza e desentupimento dos bueiros na Rua Esmeralda de Cauda Azul, no Conjunto Corina Pugliese.</t>
+  </si>
+  <si>
+    <t>9780</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9780/indicacao_-_recapeamento_da_rua_saci_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a secretaria competente, realize um estudo para avaliação das condições Rua Saci localizada no Jardim Aeroporto, visto que é visível a necessidade de recapeamento asfáltico.</t>
+  </si>
+  <si>
+    <t>9781</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9781/a2026_m03_d25_restauracao_asfaltica_paulino_fedrigo_rua_dancarino_vermelho_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, no uso de suas atribuições_x000D_
+regimentais e com fundamento no artigo 114 do Regimento Interno desta Casa de_x000D_
+Leis, submete à apreciação do Plenário a presente Indicação ao Poder Executivo_x000D_
+Municipal:_x000D_
+Indica ao Excelentíssimo Senhor Prefeito Municipal que, por meio_x000D_
+da Secretaria Municipal competente, sejam realizados estudos técnicos e adotadas_x000D_
+as providências necessárias para a execução de serviços de tapa-buracos e_x000D_
+recuperação da pavimentação asfáltica em trechos das Ruas Dançarino Vermelho e_x000D_
+Verdinho Coroado, localizadas no bairro Jardim Paulino Fedrigo, neste Município,_x000D_
+conforme imagens das vias em anexo.</t>
+  </si>
+  <si>
+    <t>9782</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9782/a2026_m03_d25_restauracao_asfaltica_rua_capitao_castanho_assinado_t.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que a esta subscreve, no uso de suas atribuições_x000D_
+regimentais e com fundamento no artigo 114 do Regimento Interno desta Casa de_x000D_
+Leis, submete à apreciação do Plenário a seguinte Indicação ao Poder Executivo_x000D_
+Municipal:_x000D_
+Indica ao Excelentíssimo Senhor Prefeito Municipal que, por meio da_x000D_
+Secretaria competente, sejam realizados estudos técnicos e adotadas as_x000D_
+providências necessárias para a execução de serviços de tapa-buracos e_x000D_
+recuperação asfáltica no trecho final da Avenida Capitão Castanho esquina com a_x000D_
+Rua Verdinho Coroado, bairro Jardim Paulino Fedrigo no município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9783</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9783/indicacao_-_recapeamento_da_rua_oriol_jardim_aeroporto_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Oriol, no Jardim Aeroporto.</t>
+  </si>
+  <si>
+    <t>9784</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9784/indicacao_-_recapeamento_da_rua_marianinha_jardim_aeroporto_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito, em entendimento com a Secretaria competente, providencie a recuperação asfáltica da Rua Marianinha, no Jardim Aeroporto.</t>
+  </si>
+  <si>
+    <t>9785</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9785/indicacao_-_recapeamento_da_rua_maitaca_verde_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Senhor Prefeito entre em entendimento com a Secretaria competente, para que seja o recapeamento da rua Maitaca Verde.</t>
+  </si>
+  <si>
     <t>9539</t>
   </si>
   <si>
     <t>MSGP</t>
   </si>
   <si>
     <t>Mensagem de Projeto</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9539/mensagem_001-26_-_regras_descontos_sanepar.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9539/mensagem_001-26_-_regras_descontos_sanepar.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº. 001/2026_x000D_
 Encaminhamos a Vossas Excelências o Projeto de Lei nº 001/26, que dispõe sobre regramento visando a transparência e devido desconto em serviços que não tiverem sido devidamente fornecidos no que atine à concessionária de abastecimento de água no Município de Arapongas.</t>
   </si>
   <si>
     <t>9552</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9552/mensagem_002_altera_lei_5003-21_-_sistema_viario_-_pavim_concreto.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9552/mensagem_002_altera_lei_5003-21_-_sistema_viario_-_pavim_concreto.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº. 002/2026_x000D_
 Encaminhamos a Vossas Excelências o Projeto de Lei nº 002/26, que dispõe sobre a alteração do Art. 29 da Lei nº 5.003, de 29 de setembro de 2021, que trata sobre o Sistema Viário Básico das Áreas Urbanas e Rurais do Município.</t>
   </si>
   <si>
     <t>9554</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9554/mensagem_003_gratificacao_rt_enfermeiros.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9554/mensagem_003_gratificacao_rt_enfermeiros.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº 003/2026_x000D_
 Encaminhamos as Vossas Excelências o Projeto de Lei nº 003/25, com o escopo de instituir pagamento de Gratificação Especial aos Enfermeiros, responsáveis por equipes da Estratégia Saúde da Família (ESF), no Município de Arapongas, e dá outras providências.</t>
   </si>
   <si>
     <t>9556</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9556/mensagem_004_revisa_vencimentos_servidores_-_2026.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9556/mensagem_004_revisa_vencimentos_servidores_-_2026.pdf</t>
   </si>
   <si>
     <t>MENSAGEM Nº. 004/2026_x000D_
 Encaminhamos a Vossas Excelências o Projeto de Lei nº 004/26, que dispõe sobre a revisão geral anual dos vencimentos, funções gratificadas, proventos e pensões dos servidores ativos e inativos do Poder Executivo Municipal, tanto da administração direta quanto da indireta, a serem submetidos à elevada apreciação dessa Casa de Leis.</t>
   </si>
   <si>
+    <t>9614</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9614/mensagem_005_uso_de_equipam_mobilidade_indiv_autopropelidos_-_patinetes.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM Nº. 005/2026_x000D_
+Encaminhamos a Vossas Excelências o Projeto de Lei nº 005/26, que dispõe sobre as diretrizes para o uso de EQUIPAMENTOS DE MOBILIDADE INDIVIDUAL AUTOPROPELIDOS no Município de Arapongas/PR.</t>
+  </si>
+  <si>
+    <t>9665</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9665/mensagem_006_-_altera_lei_4450-16_-_pccr_magisterio_18-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM Nº. 006/2026_x000D_
+Encaminhamos a Vossas Excelências o incluso Projeto de Lei que dispõe sobre alterações na Lei nº 4.450/16 – Estatuto e Plano de Cargos e Salários do Magistério do Município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9724</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9724/mensagem_007_-_superavit_especial_40.00000.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhamos para apreciação desta colenda Casa de Leis, o Projeto de Lei nº 007/26, que trata de Abertura de Crédito Adicional Especial por Superávit Financeiro, no valor de R$ 40.000,00 (quarenta mil reais), afim de adequar dotações orçamentárias conforme avaliado junto a execução das despesas do corrente ano.</t>
+  </si>
+  <si>
+    <t>9726</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9726/mensagem_008_prorroga_art_3_da_lei_5278-23_prazo_edific_apda.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM Nº. 008/2026_x000D_
+Encaminhamos a Vossas Excelências o Projeto de Lei nº 008/26, que dispõe sobre a atualização da denominação da Associação de Pessoas Portadoras de Deficiência de Arapongas – APPDA, para Associação de Pessoas Com Deficiência – APDA, a fim de adequação ao Estatuto da Pessoa com Deficiência.</t>
+  </si>
+  <si>
+    <t>9771</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9771/mensagem_009_altera_art._2o_lei_5240-23_aux_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>MENSAGEM N.º 009/2026_x000D_
+Encaminhamos para apreciação dos nobres edis o Projeto de Lei n. 009/26, que dispõe sobre alteração na Lei nº 5.240, de 11 de setembro de 2023, de concessão de Auxílio Alimentação aos servidores públicos municipais ativos.</t>
+  </si>
+  <si>
     <t>9570</t>
   </si>
   <si>
     <t>PCFO</t>
   </si>
   <si>
     <t>Parecer Comissão de Finança e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9570/01_-_comissao_de_financas_e_orcamento_01_2026_pl_03_2026_-_gratificacao_enfermeiros_assinado_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9570/01_-_comissao_de_financas_e_orcamento_01_2026_pl_03_2026_-_gratificacao_enfermeiros_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Institui pagamento de Gratificação Especial aos Enfermeiros, responsáveis por_x000D_
 equipes da Estratégia Saúde da Família (ESF), no Município de Arapongas, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>9571</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9571/02_-_comissao_de_financas_e_orcamento_02_2026_-_projeto_de_lei_04_2026_-_revisao_geral_anual_executivo_assinado_assinado_2.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9571/02_-_comissao_de_financas_e_orcamento_02_2026_-_projeto_de_lei_04_2026_-_revisao_geral_anual_executivo_assinado_assinado_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos, funções gratificadas, cargos em_x000D_
 comissão, proventos e pensões dos servidores públicos municipais ativos e inativos do Poder_x000D_
 Executivo e dá outras providências.</t>
   </si>
   <si>
+    <t>9669</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9669/parecer_pl_06_m_3_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>: Projeto de Lei nº. 06/2026_x000D_
+Autoria: Poder Executivo_x000D_
+Sumula: Dispõe sobre alterações na Lei nº 4.450, de 25 de janeiro de 2016 - Estatuto e Plano_x000D_
+de Cargos, Carreira e Remuneração do Quadro de Pessoal do Magistério Público Municipal de_x000D_
+Arapongas - Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9758</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9758/04_-_comissao_de_financas_e_orcamento_04__2026_projeto_de_lei_07__2026_credito_especial_40.00000_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir de Crédito Adicional Especial com recursos de_x000D_
+Superávit Financeiro, no orçamento do Município de Arapongas para o exercício de 2026, e_x000D_
+a promover as adequações necessárias no Plano Plurianual 2026-2029, instituído pela Lei_x000D_
+nº. 5.454 de 20 de outubro de 2025, e na Lei de Diretrizes Orçamentárias de 2026, Lei 5.413_x000D_
+de 12 de junho de 2025.</t>
+  </si>
+  <si>
+    <t>9775</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9775/05_-_comissao_de_financas_e_orcamento_05_2026_pl_09__2026_-_aumento_auxilio_alimentacao_assinado_t.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Projeto de Lei nº. 09/2026_x000D_
+Autoria: Poder Executivo_x000D_
+Sumula: Dispõe sobre alteração da Lei Municipal nº 5.240, de 11 de setembro de 2023,_x000D_
+que dispõe sobre a concessão de AUXÍLIO ALIMENTAÇÃO aos Servidores Públicos_x000D_
+Municipais, e dá outras providências.</t>
+  </si>
+  <si>
     <t>9565</t>
   </si>
   <si>
     <t>PCJR</t>
   </si>
   <si>
     <t>Parecer Comissão de Justiça Legislação e Redação</t>
   </si>
   <si>
     <t>CJLR - Comissão de Justiça Legislação e Redação</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9565/01_assinado_1.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9565/01_assinado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regramento visando a transparência e devido desconto em serviços que não tiverem sido devidamente fornecidos no que atine à concessionária de abastecimento de água no Município de Arapongas e dá outras providências. PARECER FAVORÁVEL</t>
   </si>
   <si>
     <t>9566</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9566/02_assinado_1.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9566/02_assinado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Art. 29 da Lei nº 5.003, de 29 de setembro de 2021, que trata sobre o Sistema Viário Básico das Áreas Urbanas e Rurais do Município. PARECER FAVORÁVEL</t>
   </si>
   <si>
     <t>9567</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9567/03_assinado_1.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9567/03_assinado_1.pdf</t>
   </si>
   <si>
     <t>Institui pagamento de Gratificação Especial aos Enfermeiros, responsáveis por equipes da Estratégia Saúde da Família (ESF), no Município de Arapongas, e dá outras providências. PARECER FAVORÁVEL</t>
   </si>
   <si>
     <t>9568</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9568/04_assinado_1.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9568/04_assinado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos vencimentos, funções gratificadas, cargos em comissão, proventos e pensões dos servidores públicos municipais ativos e inativos do Poder Executivo e dá outras providências. PARECER FAVORÁVEL</t>
   </si>
   <si>
     <t>9569</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9569/05_assinado_1.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9569/05_assinado_1.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso V ao parágrafo único do art. 2º da Lei Municipal nº 4.981, de 2021, para caracterizar como abandono a permanência de animais desacompanhados por período superior a 36 horas. PARECER FAVORÁVEL</t>
   </si>
   <si>
     <t>9587</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9587/06_-_comissao_de_justica_legislacao_e_redacao_06__2026_projeto_de_lei_l_63__2025_-_casa_municipal_de_cudados_paliativo_-_arnaldo_-_parecer_juridico_pela_inconstitucionalidade.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9587/06_-_comissao_de_justica_legislacao_e_redacao_06__2026_projeto_de_lei_l_63__2025_-_casa_municipal_de_cudados_paliativo_-_arnaldo_-_parecer_juridico_pela_inconstitucionalidade.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a construção e implantação da Casa Municipal de Cuidados Paliativos e Acolhimento a Pacientes em Fase Terminal, no âmbito do Município de Arapongas - PR, e dá outras providências. PARECER CONTRÁRIO</t>
   </si>
   <si>
+    <t>9617</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9617/parecer_007.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes para o uso de EQUIPAMENTOS DE MOBILIDADE INDIVIDUAL AUTOPROPELIDOS no Município de Arapongas/PR, em atendimento às normas técnicas da Resolução CONTRAN nº 996/2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9618</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9618/parecer_008.pdf</t>
+  </si>
+  <si>
+    <t>Disciplina a implantação de crematório e incineração de cadáveres animais no Município de Arapongas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9619</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9619/parecer_009.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Atenção à Saúde da Mulher no Climatério (Pré-menopausa e Menopausa), no âmbito do Município de Arapongas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9639</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9639/010.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Cadastro Municipal Integrado da População em Situação de Rua no Município de Arapongas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9640</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9640/011.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação de Espaços Sensoriais em praças públicas do Município de Arapongas, destinados ao acolhimento, inclusão e bem-estar de pessoas com Transtorno do Espectro Autista, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9641</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9641/012.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o prazo máximo de 60 (sessenta) dias para realização de consultas e exames especializados classificados como prioridade alta no âmbito da rede pública municipal de saúde, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9668</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9668/13.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alterações na Lei nº 4.450, de 25 de janeiro de 2016 - Estatuto e Plano de Cargos, Carreira e Remuneração do Quadro de Pessoal do Magistério Público Municipal de Arapongas - Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9759</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9759/014.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir de Crédito Adicional Especial com recursos de Superávit Financeiro, no orçamento do Município de Arapongas para o exercício de 2026, e a promover as adequações necessárias no Plano Plurianual 2026-2029, instituído pela Lei nº. 5.454 de 20 de outubro de 2025, e na Lei de Diretrizes Orçamentárias de 2026, Lei 5.413 de 12 de junho de 2025</t>
+  </si>
+  <si>
+    <t>9760</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9760/015.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alterações na Lei Municipal nº 5.278, de 05 de dezembro de 2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9761</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9761/017.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação de Sala de Amamentação na Unidade de Pronto Atendimento (UPA – PAI Pronto Atendimento Infantil), Bebê Clinica, nos Prontos-Socorros 18 horas e Pronto Atendimento 24 hrs do Município de Arapongas-PR, e dá outras providências</t>
+  </si>
+  <si>
+    <t>9766</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9766/016.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal “Rua da Saúde”, com o objetivo de criar espaços públicos destinados à cultura, lazer e atividades físicas no Município de Arapongas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9774</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9774/018.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração da Lei Municipal nº 5.240, de 11 de setembro de 2023, que dispõe sobre a concessão de AUXÍLIO ALIMENTAÇÃO aos Servidores Públicos Municipais, e dá outras providências.</t>
+  </si>
+  <si>
     <t>9540</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei </t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9540/projeto_001-26_-_regras_descontos_sanepar.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9540/projeto_001-26_-_regras_descontos_sanepar.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 001/26, DE 07 DE JANEIRO DE 2026_x000D_
 Dispõe sobre regramento visando a transparência e devido desconto em serviços que não tiverem sido devidamente fornecidos no que atine à concessionária de abastecimento de água no Município de Arapongas e dá outras providências.</t>
   </si>
   <si>
     <t>9553</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9553/projeto_002_altera_lei_5003-21_-_sistema_viario__-_pavim_concreto.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9553/projeto_002_altera_lei_5003-21_-_sistema_viario__-_pavim_concreto.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/26, DE 14 DE JANEIRO DE 2026_x000D_
 Dispõe sobre a alteração do Art. 29 da Lei nº 5.003, de 29 de setembro de 2021, que trata sobre o Sistema Viário Básico das Áreas Urbanas e Rurais do Município.</t>
   </si>
   <si>
     <t>9555</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9555/projeto_003_gratificacao_rt_enfermeiros.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9555/projeto_003_gratificacao_rt_enfermeiros.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/26, DE 14 DE JANEIRO DE 2026_x000D_
 Institui pagamento de Gratificação Especial aos Enfermeiros, responsáveis por equipes da Estratégia Saúde da Família (ESF), no Município de Arapongas, e dá outras providências.</t>
   </si>
   <si>
     <t>9557</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9557/projeto_004_revisa_vencimentos_servidores_-_2026.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9557/projeto_004_revisa_vencimentos_servidores_-_2026.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 004/26, DE 19 DE JANEIRO DE 2026_x000D_
 Dispõe sobre a revisão geral anual dos vencimentos, funções gratificadas, cargos em comissão, proventos e pensões dos servidores públicos municipais ativos e inativos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
+    <t>9615</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9615/projeto_005_uso_de_equipam_mobilidade_indiv_autopropelidos_-_patinetes.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 005/26, DE 05 DE FEVEREIRO DE 2026_x000D_
+Dispõe sobre as diretrizes para o uso de EQUIPAMENTOS DE MOBILIDADE INDIVIDUAL AUTOPROPELIDOS no Município de Arapongas/PR, em atendimento às normas técnicas da Resolução CONTRAN nº 996/2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9666</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9666/projeto_006_-_altera_lei_4450-16_-_pccr_magisterio_18-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 006/26, DE 27 DE FEVEREIRO DE 2026_x000D_
+Dispõe sobre alterações na Lei nº 4.450, de 25 de janeiro de 2016 - Estatuto e Plano de Cargos, Carreira e Remuneração do Quadro de Pessoal do Magistério Público Municipal de Arapongas - Paraná e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9725</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9725/projeto_007_superavit_especial_40.00000.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 007/26, DE 16 DE MARÇO DE 2026_x000D_
+Autoriza o Poder Executivo a abrir de Crédito Adicional Especial com recursos de Superávit Financeiro, no orçamento do Município de Arapongas para o exercício de 2026, e a promover as adequações necessárias no Plano Plurianual 2026-2029, instituído pela Lei nº. 5.454 de 20 de outubro de 2025, e na Lei de Diretrizes Orçamentárias de 2026, Lei 5.413 de 12 de junho de 2025.</t>
+  </si>
+  <si>
+    <t>9727</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9727/projeto_008_prorroga_art_3_da_lei_5278-23_prazo_edific_apda.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº. 008/26, DE 16 DE MARÇO DE 2026_x000D_
+Dispõe sobre alterações na Lei Municipal nº 5.278, de 05 de dezembro de 2023 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9772</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9772/projeto_009_altera_art._2o_lei_5240-23_aux_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 009/26, DE 20 DE MARÇO DE 2026_x000D_
+Dispõe sobre alteração da Lei Municipal nº 5.240, de 11 de setembro de 2023, que dispõe sobre a concessão de AUXÍLIO ALIMENTAÇÃO aos Servidores Públicos Municipais, e dá outras providências.</t>
+  </si>
+  <si>
     <t>9544</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9544/pll_-acres._inc._a_lei_mun._no_4.981_de_2021__abandono_a_permanencia_de_animais_desacompanhados_por_periodo_superior_a_36_horas.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9544/pll_-acres._inc._a_lei_mun._no_4.981_de_2021__abandono_a_permanencia_de_animais_desacompanhados_por_periodo_superior_a_36_horas.pdf</t>
   </si>
   <si>
     <t>Acrescenta inciso V ao parágrafo único do art. 2º da Lei Municipal nº 4.981, de 2021, para caracterizar como abandono a permanência de animais desacompanhados por período superior a 36 horas.</t>
   </si>
   <si>
     <t>9551</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9551/01_-_projeto_de_lei__atencao_a_saude_da_mulher_no_climaterio.pdf</t>
-[...2 lines deleted...]
-    <t>Institui a Política Municipal de Atenção à Saúde da Mulher no Climatério (Pré-menopausa e Menopausa), no âmbito do Município de Arapongas, e dá outras providências.</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9551/01_-_projeto_de_lei__atencao_a_saude_da_mulher_no_climaterio.pdf</t>
   </si>
   <si>
     <t>9558</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9558/projeto_de_lei_reajuste_servidores_legislativo_1_2_1.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9558/projeto_de_lei_reajuste_servidores_legislativo_1_2_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reposição inflacionária dos vencimentos, funções gratificadas, proventos e pensões dos servidores ativos e inativos do Poder Legislativo, e dá outras providências.</t>
   </si>
   <si>
     <t>9589</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9589/projeto_de_lei_-_participacao_em_eventos_oficiais.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9589/projeto_de_lei_-_participacao_em_eventos_oficiais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de convite institucional a todos os Vereadores do Município de Arapongas para participação e ciência prévia de eventos oficiais promovidos pelo Poder Executivo Municipal.</t>
   </si>
   <si>
+    <t>9591</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9591/pll_-_evento_do_rubi.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A INCLUSÃO DO EVENTO DO RUBI PROMOVIDO PELA ORDEM DOS ADVOGADOS DO BRASIL – SUBSEÇÃO ARAPONGAS, COMO EVENTO OFICIAL DO CALENDÁRIO MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>9593</t>
+  </si>
+  <si>
+    <t>Simone Almeida Mãe de Autista</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9593/parques_sensoriais.pdf</t>
+  </si>
+  <si>
+    <t>9595</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9595/projeto_de_lei_-_bebidas_2.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a restrição ao consumo de bebidas alcoólicas em praças públicas do Município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9681</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9681/pll_-_rua_da_saude.pdf</t>
+  </si>
+  <si>
+    <t>9687</t>
+  </si>
+  <si>
+    <t>Décio Rosaneli</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9687/projeto_de_lei_l_-_vacinacao_tea_ass_ass.pdf</t>
+  </si>
+  <si>
+    <t>Institui o programa de vacinação domiciliar para pessoas com Transtorno do Espectro Autista (TEA) no município de Arapongas/PR e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9710</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9710/sala_de_amamentacao_no_municipio_de_arapongas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação de Sala de Amamentação na Unidade de Pronto Atendimento (UPA – PAI Pronto Atendimento Infantil), Bebê Clinica, nos  Prontos-Socorros 18 horas e Pronto Atendimento 24 hrs do Município de Arapongas-PR, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9739</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9739/pll-_programa_de_incentivo_a_denuncias_.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a instituir o Programa Municipal de Incentivo à Denúncia de Maus-Tratos contra Animais no Município de Arapongas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>9667</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9667/projeto_de_resolucao_-_gps_veiculos_oficiais._3_ass_ass.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de instalação e uso de sistema de rastreamento eletrônico por satélite (GPS) nos veículos oficiais da Câmara Municipal de Arapongas, e dá outras providências.</t>
+  </si>
+  <si>
     <t>9545</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Marcio Nicke</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Vimos, no uso de nossas atribuições regimentais, ouvido o plenário, requerer a inserção nos Anais desta Casa o voto de pesar pelo falecimento do honrado MAURO STAUB, pai da nobre vereadora Marilsa Staub Vendrametto, ocorrido no dia 15 de janeiro de 2026. Requer. ainda, que seja encaminhado oficio à família enlutada, manifestando as sentidas condolências desta Casa de Leis.</t>
   </si>
   <si>
     <t>9546</t>
   </si>
   <si>
     <t>Vimos, no uso de nossas atribuições regimentais. ouvido o plenário, requerer a inserção nos Anais desta Casa o voto de pesar pelo falecimento da digna e valorosa HELEN KARIN DA SILVA, esposa do Secretário de Planejamento e Orçamento do município Renan Rodrigues Manoel, ocorrido no dia 14 de janeiro de 2026. Requer, ainda, que seja encaminhado oficio à família enlutada, manifestando as sentidas condolências desta Casa de Leis.</t>
   </si>
   <si>
     <t>9562</t>
   </si>
   <si>
-    <t>Paulo Grassano</t>
-[...2 lines deleted...]
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9562/requerimento_sanepar_janeiro_2026.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9562/requerimento_sanepar_janeiro_2026.pdf</t>
   </si>
   <si>
     <t>Requerimento a Sanepar a respeito da legalidade sobre  transferência de agua do Município de Arapongas para demais Municípios.</t>
   </si>
   <si>
     <t>9578</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9578/mocao_de_aplausos_assinado_28629_assinado.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9578/mocao_de_aplausos_assinado_28629_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador subscritor do presente, no uso de suas atribuições regimentais e legais, vem, ouvido o Plenário, requerer que seja encaminhada Moção de Aplausos e Reconhecimento ao Senhor Fábio Aparecido Lopes de Moraes, em razão de sua relevante contribuição e dos serviços prestados à comunidade, merecendo, assim, o reconhecimento desta Casa Legislativa.</t>
   </si>
   <si>
+    <t>9590</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9590/retirada_do_projeto_de_lei_legislativo_no_4_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora subscritora do presente, no uso de suas_x000D_
+atribuições regimentais, vem, respeitosamente, requerer a retirada do Projeto de_x000D_
+Lei Legislativo nº 4 de 2026, a fim de proceder às adequações necessárias.</t>
+  </si>
+  <si>
+    <t>9594</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9594/pesar-_sergio_okido.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, no uso de suas atribuições_x000D_
+regimentais (art. 115, § 4º, I) vem, à presença de Vossa Excelência, requerer a_x000D_
+inserção nos Anais desta Casa o voto de pesar pelo falecimento do amigo Sergio_x000D_
+Okido ocorrido no dia 01 de fevereiro de 2026._x000D_
+Requer, ainda, que seja encaminhado ofício à família enlutada,_x000D_
+manifestando as sentidas condolências desta Casa de Leis.</t>
+  </si>
+  <si>
+    <t>9596</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9596/mocao_de_aplausos_ao_senhor_armiro_tudino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Senhores Vereadores:_x000D_
+_x000D_
+_x000D_
+O Vereador subscritor do presente, no uso de suas atribuições regimentais, vem ouvido a Plenário, requerer que seja encaminhada uma Moção de Aplausos e Reconhecimento ao Senhor Armiro Tudino.</t>
+  </si>
+  <si>
+    <t>9597</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9597/mocao_de_aplausos_a_empresa_majoka_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Senhores Vereadores:_x000D_
+O Vereador subscritor do presente, no uso de suas_x000D_
+atribuições regimentais, vem ouvido a Plenário, requerer que seja_x000D_
+encaminhada uma Moção de Aplausos e Reconhecimento a Empresa Majoka</t>
+  </si>
+  <si>
+    <t>9598</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9598/requerimento_retirar_de_pauta_005_2026.pdf</t>
+  </si>
+  <si>
+    <t>Retirar PLL 005/2026 de pauta</t>
+  </si>
+  <si>
+    <t>9621</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9621/mocao_de_aplausos_ao_senhor_jorge_luiz_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Senhores Vereadores:_x000D_
+O Vereador subscritor do presente, no uso de suas_x000D_
+atribuições regimentais, vem ouvido a Plenário, requerer que seja_x000D_
+encaminhada uma Moção de Aplausos e Reconhecimento ao Senhor_x000D_
+Jorge Luiz</t>
+  </si>
+  <si>
+    <t>9625</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9625/requerimento_-_voto_de_pesar_matheus_henrique_de_oliveira_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, no uso de suas atribuições_x000D_
+regimentais (art. 115, § 4º, I) vem, à presença de Vossa Excelência, requerer a_x000D_
+inserção nos Anais desta Casa o voto de pesar pelo falecimento do Sr._x000D_
+Matheus Henrique de Oliveira da Silva ocorrido no dia 15 de fevereiro de_x000D_
+2026.</t>
+  </si>
+  <si>
+    <t>9626</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9626/requerimento_semaforo_ass.pdf</t>
+  </si>
+  <si>
+    <t>Vem requerer seja encaminhado o presente à Secretaria Municipal de Segurança Pública e Trânsito - SESTRAN, a fim de que preste informações detalhadas acerca dos estudos técnicos, levantamentos de tráfego, análises de viabilidade e demais critérios adotados para a implantação de semáforos nos cruzamentos das Ruas Falcão com Pica-pau e Falcão com Rolinhas.</t>
+  </si>
+  <si>
+    <t>9627</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9627/requerimento_codar.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhada NOTA DE REPÚDIO à CODAR - Companhia de Desenvolvimento de Arapongas, na pessoa de seus representantes legais, os Srs. David Oliveira Ribeiro (presidente) e Sérgio Antônio Rogério (Diretor).</t>
+  </si>
+  <si>
+    <t>9635</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9635/mocao_de_aplausos_henrique.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor, no uso de suas atribuições regimentais, submete à apreciação do Plenário o encaminhamento de Moção de Aplausos ao Corpo de Bombeiros Militar de Santa Catarina, manifestando o mais profundo reconhecimento a todos os envolvidos no atendimento, apoio e organização das homenagens prestadas ao colega Matheus Henrique de Oliveira da Silva, ex-Guarda Municipal de Arapongas e Bombeiro Militar de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>9728</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9728/requerimento_convocacao.pdf</t>
+  </si>
+  <si>
+    <t>Vem requerer a CONVOCAÇÃO do Secretário Municipal de Segurança Pública e Trânsito – SESTRAN, Sr. Paulo Sergio Argati, para que compareça a esta Casa de Leis, em data a ser designada, a fim de prestar esclarecimentos acerca da ausência de sinalização adequada em ondulação transversal (quebra-molas/lombada) instalada recentemente na Rua Pica-Pau Velho, esquina com a Rua Gaturamo Preto, no município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9729</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9729/requerimento_de_urgencia_16_03.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Urgência</t>
+  </si>
+  <si>
+    <t>9730</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9730/requerimento_engeluz.pdf</t>
+  </si>
+  <si>
+    <t>Vem requerer seja encaminhado o presente à empresa ENGELUZ ILUMINAÇÃO E ELETRICIDADE LTDA, pessoa jurídica de direito privado, inscrita no CNPJ sob n.º 85.489.078/0001-74, com sede no município de Wenceslau Braz/PR, à Rodovia Parigot de Souza, Bloco A, Km 254, Distrito Industrial, CEP: 84.950-000, endereço eletrônico: engeluz@engeluz.com.br, para que encaminhe a esta Casa de Leis cópia integral de eventuais ofícios, solicitações, comunicações ou pedidos administrativos protocolados junto ao Município de Arapongas referentes à autorização para substituição e/ou instalação de novas luminárias na rede de iluminação pública no local abaixo especificado.</t>
+  </si>
+  <si>
+    <t>9731</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9731/requerimento_de_urgencia_16_03.pdf</t>
+  </si>
+  <si>
+    <t>9732</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9732/requerimento_sestran.pdf</t>
+  </si>
+  <si>
+    <t>Vem requerer que seja encaminhado o presente ao Secretário Municipal de Segurança Pública e Trânsito – SESTRAN, Sr. Paulo Sergio Argati, solicitando o encaminhamento a esta Casa de Leis de cópia do Estudo Técnico para Implantação de Ondulação Transversal (lombada física) referente à ondulação recentemente instalada na Rua Pica-Pau Velho, esquina com a Rua Gaturamo Preto, no município de Arapongas.</t>
+  </si>
+  <si>
+    <t>9733</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9733/requerimento_de_urgencia_16_03.pdf</t>
+  </si>
+  <si>
+    <t>9738</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9738/requerimento_readequacao_rotatoria_rodovia_pr-218_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, no uso de suas atribuições regimentais (art._x000D_
+115, § 4º, I), vem, respeitosamente, requerer a Vossa Excelência o encaminhamento_x000D_
+de Ofício ao Diretor-Presidente do Departamento de Estradas de Rodagem do Paraná_x000D_
+(DER/PR), Senhor Fernando Furiatti Saboia, solicitando a revisão técnica e eventual_x000D_
+alteração do projeto de duplicação da Rodovia PR-218, com foco na readequação da_x000D_
+rotatória localizada na saída de Arapongas, nas proximidades do Conjunto Tropical,_x000D_
+visando o aumento da segurança viária no local.</t>
+  </si>
+  <si>
+    <t>9740</t>
+  </si>
+  <si>
+    <t>Alexandre Juliani Sorriso</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9740/requerimento_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador subscritor do presente, no uso de suas atribuições regimentais, vem ouvido o plenário, requerer que seja encaminhada uma Moção de Aplausos e Reconhecimento a Demétrio Volpato</t>
+  </si>
+  <si>
+    <t>9741</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9741/a2026_m03_d17_req_sanepar_arapongas_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, no uso de suas atribuições regimentais (art._x000D_
+115, § 4º, I), requer a Vossa Excelência que o presente expediente seja submetido ao_x000D_
+Plenário e, se aprovado, seja encaminhado ofício ao Gerente Local da SANEPAR em_x000D_
+Arapongas, Senhor Leonardo Violin, solicitando, em caráter de urgência,_x000D_
+esclarecimentos sobre a qualidade da água fornecida nos bairros Paulino Fedrigo,_x000D_
+Casablanca, Paraíso, Hermínio Maria e Jardim Paulista.</t>
+  </si>
+  <si>
+    <t>9742</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9742/nota_de_repudio-_osni_vereador.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora subscritora do presente, no uso de suas atribuições regimentais, vem, ouvido o plenário, manifestar REPÚDIO às declarações proferidas pelo vereador Osni Novack, do município de Major Vieira, Estado de Santa Catarina, durante sessão legislativa realizada em 16 de março de 2026, nas quais defendeu a morte de cães abandonados como forma de solução para a problemática dos animais em situação de rua.</t>
+  </si>
+  <si>
+    <t>9745</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9745/mocao_de_aplausos_lilyana.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS à senhora Lilyana Silene Gonçalves, por ser a primeira mulher a presidir o Conselho de Segurança de Arapongas em 41 anos_x000D_
+de existência do município, bem como a primeira mulher do Estado do Paraná a ocupar a função de forma regulamentada pelo CECONSEG de Curitiba.</t>
+  </si>
+  <si>
     <t>9588</t>
   </si>
   <si>
     <t>DCP</t>
   </si>
   <si>
     <t>Denuncia Contra Parlamentar</t>
   </si>
   <si>
     <t>ELEITOR</t>
   </si>
   <si>
-    <t>https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9588/denuncia_contra_parlamentar.pdf</t>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9588/denuncia_contra_parlamentar.pdf</t>
   </si>
   <si>
     <t>Denuncia contra Parlamentar vereador PAULO GRASSANO BARROS DE CARVALHO</t>
+  </si>
+  <si>
+    <t>9688</t>
+  </si>
+  <si>
+    <t>RFCP</t>
+  </si>
+  <si>
+    <t>Relatório Final Comissão Processante</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9688/ato_da_mesa_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instauração de Comissão Processante para apuração de infração político-administrativa, nos termos do Decreto-Lei nº 201/1967.</t>
+  </si>
+  <si>
+    <t>9773</t>
+  </si>
+  <si>
+    <t>CP - Comissão Processante</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9773/parecer_do_relator.pdf</t>
+  </si>
+  <si>
+    <t>Cuida-se de análise de admissibilidade da Denúncia n° 02/2025, oferecida em face do Vereador Paulo Grassano Barros de Carvalho, na qual se lhe atribui, em síntese, a prática de condutas incompatíveis com o decoro parlamentar, sob a alegação de que manteria vínculo material e funcional com pessoa jurídica contratada pelo Poder Público.</t>
+  </si>
+  <si>
+    <t>9786</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9786/voto_divergente.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DIVERGENTE sobre o Parecer do Relator (Relatório Final Comissão Processante nº 2 de 2026).</t>
+  </si>
+  <si>
+    <t>9638</t>
+  </si>
+  <si>
+    <t>PCEDP</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Ética e Decoro Parlamentar</t>
+  </si>
+  <si>
+    <t>CEDP - Comissão de Ética e Decoro Parlamentar</t>
+  </si>
+  <si>
+    <t>http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9638/paulo_grassano.pdf</t>
+  </si>
+  <si>
+    <t>RELATÓRIO CONCLUSIVO DENÚNCIA CONTRA PARLAMENTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1389,67 +3889,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9520/reforma_caic_assinado.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9521/rua_falcao_1538_ass.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9522/aquecedor_piscina_centro_social_urbano_ass.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9523/asfaltica_rua_albatroz_real_ass.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9524/ciclovia_rua_guaratinga_ass.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9525/meu_campinho_jardim_novo_horizonte_ass.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9526/meu_campinho_jardim_santo_antonio_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9527/passarela_elevada_pedestres_acesso_rua_rouxinol_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9528/recapeamento_rua_bacurau_migrador_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9529/recapeamento_rua_sabia_ferreiro_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9530/redutores_velocidade_rua_atoba_mascarado_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9531/redutores_velocidade_rua_perdiz_do_mar_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9532/redutores_velocidade_rua_rua_aguia_chilena_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9533/regularidade_coleta_lixo_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9534/semafaro_br-369_com_rua_pavao_ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9535/semafaro_br-369_com_ruas_patativa_marginal_avenida_maracana_e_rua_guiraca_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9536/tampa_buraco_rua_curriqueiro_do_campo_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9537/tampa_buraco_rua_sanhaco_de_fogo_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9538/a2026_m01_d08_novas_medidas_de_seguranca_na_praca_da_saudade_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9541/indicacao_ecoponto_km_12.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9542/indicacao_implantacao_de_uma_ubs_no_no_jdm_do_cafe..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9543/rua_azulao_bicudo_jd_campestre_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9547/a2026_m01_d16_instalacao_de_bebedouros_inteligentes_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9548/16.01_melhorias_iluminacao_praca_da_biblioteca_municipal.doc_ass_1.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9549/16.01_melhorias_iluminacao_praca_maua_ass.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9550/a2026_m01_d16_indicacao_recape_asfaltico_ruatie_do_topete_assinado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9559/003_-_injecao_e_transplante_de_cornea.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9560/rua_manaquim_ass.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9561/recapeamento_rua_ave_lira_ass.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9563/rua__jandaia_sol_ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9564/meu_campinho_conjunto_flamingos_ass.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9572/indicacao_-_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9573/recapeamento_ciclovia_ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9574/indicacao_do_bolsoes_de_transito._assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9575/quadra__parquinho_ass.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9576/004_-_pavimentacao_rua_sovi.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9577/005_-_travessia_elevada_rua_irataua.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9579/indicacao_implantacao_de_mais_pontos_de_taxi._assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9580/recapeamento_ruas_arapongas_ass.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9581/indicacao_de_local_correto_de_espera__para_pais_na_piscina_do_interlagos2.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9582/indicacao_-_reforma_da_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9583/iluminacao_de_led_em_todas_as_ruas_do_jardim_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9584/iluminacao_de_led_no_jardim_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9585/tapa_buracos_no_conjunto_tropical_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9586/led_em_todas_as_ruas_da_vila_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9539/mensagem_001-26_-_regras_descontos_sanepar.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9552/mensagem_002_altera_lei_5003-21_-_sistema_viario_-_pavim_concreto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9554/mensagem_003_gratificacao_rt_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9556/mensagem_004_revisa_vencimentos_servidores_-_2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9570/01_-_comissao_de_financas_e_orcamento_01_2026_pl_03_2026_-_gratificacao_enfermeiros_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9571/02_-_comissao_de_financas_e_orcamento_02_2026_-_projeto_de_lei_04_2026_-_revisao_geral_anual_executivo_assinado_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9565/01_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9566/02_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9567/03_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9568/04_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9569/05_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9587/06_-_comissao_de_justica_legislacao_e_redacao_06__2026_projeto_de_lei_l_63__2025_-_casa_municipal_de_cudados_paliativo_-_arnaldo_-_parecer_juridico_pela_inconstitucionalidade.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9540/projeto_001-26_-_regras_descontos_sanepar.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9553/projeto_002_altera_lei_5003-21_-_sistema_viario__-_pavim_concreto.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9555/projeto_003_gratificacao_rt_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9557/projeto_004_revisa_vencimentos_servidores_-_2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9544/pll_-acres._inc._a_lei_mun._no_4.981_de_2021__abandono_a_permanencia_de_animais_desacompanhados_por_periodo_superior_a_36_horas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9551/01_-_projeto_de_lei__atencao_a_saude_da_mulher_no_climaterio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9558/projeto_de_lei_reajuste_servidores_legislativo_1_2_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9589/projeto_de_lei_-_participacao_em_eventos_oficiais.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9562/requerimento_sanepar_janeiro_2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9578/mocao_de_aplausos_assinado_28629_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9588/denuncia_contra_parlamentar.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9644/ea.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9642/em.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9763/em.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9643/es.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9762/es.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9520/reforma_caic_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9521/rua_falcao_1538_ass.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9522/aquecedor_piscina_centro_social_urbano_ass.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9523/asfaltica_rua_albatroz_real_ass.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9524/ciclovia_rua_guaratinga_ass.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9525/meu_campinho_jardim_novo_horizonte_ass.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9526/meu_campinho_jardim_santo_antonio_ass.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9527/passarela_elevada_pedestres_acesso_rua_rouxinol_ass.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9528/recapeamento_rua_bacurau_migrador_ass.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9529/recapeamento_rua_sabia_ferreiro_ass.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9530/redutores_velocidade_rua_atoba_mascarado_ass.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9531/redutores_velocidade_rua_perdiz_do_mar_ass.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9532/redutores_velocidade_rua_rua_aguia_chilena_ass.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9533/regularidade_coleta_lixo_ass.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9534/semafaro_br-369_com_rua_pavao_ass.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9535/semafaro_br-369_com_ruas_patativa_marginal_avenida_maracana_e_rua_guiraca_ass.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9536/tampa_buraco_rua_curriqueiro_do_campo_ass.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9537/tampa_buraco_rua_sanhaco_de_fogo_ass.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9538/a2026_m01_d08_novas_medidas_de_seguranca_na_praca_da_saudade_assinado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9541/indicacao_ecoponto_km_12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9542/indicacao_implantacao_de_uma_ubs_no_no_jdm_do_cafe..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9543/rua_azulao_bicudo_jd_campestre_ass.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9547/a2026_m01_d16_instalacao_de_bebedouros_inteligentes_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9548/16.01_melhorias_iluminacao_praca_da_biblioteca_municipal.doc_ass_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9549/16.01_melhorias_iluminacao_praca_maua_ass.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9550/a2026_m01_d16_indicacao_recape_asfaltico_ruatie_do_topete_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9559/003_-_injecao_e_transplante_de_cornea.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9560/rua_manaquim_ass.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9561/recapeamento_rua_ave_lira_ass.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9563/rua__jandaia_sol_ass.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9564/meu_campinho_conjunto_flamingos_ass.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9572/indicacao_-_kit_lanche.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9573/recapeamento_ciclovia_ass.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9574/indicacao_do_bolsoes_de_transito._assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9575/quadra__parquinho_ass.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9576/004_-_pavimentacao_rua_sovi.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9577/005_-_travessia_elevada_rua_irataua.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9579/indicacao_implantacao_de_mais_pontos_de_taxi._assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9580/recapeamento_ruas_arapongas_ass.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9581/indicacao_de_local_correto_de_espera__para_pais_na_piscina_do_interlagos2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9582/indicacao_-_reforma_da_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9583/iluminacao_de_led_em_todas_as_ruas_do_jardim_brasil_assinado.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9584/iluminacao_de_led_no_jardim_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9585/tapa_buracos_no_conjunto_tropical_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9586/led_em_todas_as_ruas_da_vila_nova_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9592/m01_troca_de_iluminacao_paulino_fedrigo_assinado_to.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9599/desentupimento_de_bueiro_ass.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9600/tapa_buracos_na_rua_ararajuba_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9601/tapa_buracos_da_entrada_da_colonia_esperanca_ate_aricanduva_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9602/rocagem_do_mato_nos_canterios_central_e_pracas_da_zona_sul._assinado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9603/rocagem_do_mato_no_trecho_da_rua_rouxinol_que_vai_do_cdp_ate_a_entrada_da_colonia_esperanca_assinado.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9604/aplicacao_de_fresados_estrada_miaque_novo_mundo_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9605/006_-_indicacao_cobertura_piscina_meu_campao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9606/indicacao_implantacao_de_canetas_emagrecedoras_pelo_sus._assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9607/indicacao_solicitacao_de_aquisicao_de_novos_veiculos_para_a_saude._assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9608/indicacao_implantacao_da_semana_de_combate_a_obesidade_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9609/led_na_rua_japim_preto_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9610/led_na_rua_do_re_mi_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9611/indicacao_implantacao_de_uma_farmacia_24_horas._assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9612/indicacao_-_interligacao_rua_coroados-_condominio_do_idoso_-_jardim_interlagos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9613/transporte_coletivo_para_o_condominio_do_idoso_padre_beffa_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9616/rua_papagaio_rampa_para_cadeirante_ass.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9620/13.02_garricha_do_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9622/recapeamento_asfaltico_rua_pica_pau_atras_do_cemiterio_assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9623/tapa_buraco_rua_catatau_jardim_columbia_i_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9624/fundos_guarda_municipal_e_secretaria_educacao_ass1.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9628/indicacao_-_manutencao_bueiro_-_rua_mae_de_taoca_-_jardim_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9629/indicacao_-_manutencao_bueiro_-_rua_rendeira_-_jardim_aeroporto.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9630/indicacao_-_manutencao_bueiro_-_rua_teu_teu_-_jardim_caravelle.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9631/indicacao_-_recapeamento_asfaltico__-_conjunto_tropical.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9632/indicacao_-_manutencao_bueiro_-_conjunto_tropical.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9633/indicacao_-_recapeamento_asfaltico__-_rua_atoba_pardo_-_jardim_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9634/ind.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9636/ind._denominacao_de_ubs_helen_karin.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9637/rua_eurilemos_ass.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9645/patrola_nas_estradas_rurais_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9646/a2026_m02_d25_ati__monaco__assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9647/a2026_m02_d25_rocagem_rua_beija_flor_cinza_jardim_paulista_ii_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9648/anteprojeto_doacao_sangue_ass.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9649/indicacao_solicitacao_de_fisioterapeuta_para_a_piscina_do_bairro_cidade_jardim.__assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9650/fiacao_aerea_ass.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9651/indicacao_-_ambulatorio_geriatrico.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9652/indicacao_-_ante-projeto_farmacia_veterianaria_popular.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9653/indicacao_-_recapeamento_asfaltico__-_rua_irere_-_entre_as_ruas_garcas_e_falcao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9654/indicacao_-_ati_e_meu_campinho_no_bem_viver.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9655/indicacao_-_cyber_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9656/indicacao_-_iluminacao_tropical_poste_americano.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9657/indicacao_-_lampadas_de_led_na_cidade.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9658/indicacao_-_curso_tecnico_agricola_no_interlagos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9659/indicacao_-_criacao_de_estacao_de_carregamento_de_celulares.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9660/indicacao_-_contratacao_de_auxiliar_e_assistente_administravo_para_cmeis.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9661/indicacao_-_monitor_em_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9662/indicacao_-_pontos_coberto__de_circular_-_jardim_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9663/indicacao_-_programa_arapongas_verde_digital.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9664/indicacao_-_poste_luz_parquinho_tropical.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9670/indicacao_-_construcao_de_espaco_doencas_raras.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9671/indicacao_-_substituicao_sinal_sonoro_autista.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9672/indicacao_-_manutencao_lampadas_praca_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9673/indicacao_-_manutencao_lixeiras_praca_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9674/indicacao_-_ante-projeto_monitoramento_digital_glicemia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9675/indicacao_-_ar_condicionado_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9676/indicacao_-_cascalho_da_estrada_velha.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9677/indicacao_-_recapeamento_da_rua_andorinha_de_colar_negro_-_jardim_san_rafael.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9678/indicacao_-_conselho_tutelar_ii.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9679/indicacao_-_detran_ok.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9680/indicacao_-_defesa_civil_1_ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9682/008-_fechamento_lateral_ceu.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9683/tapa_buracos_na_rua_marreca_assobiadeira_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9684/tapa_buracos_na_rua_quete_e_demais_ruas_da_zona_sul_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9685/indicacao_mudanca_no_uniforme_escola_tea_digital.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9686/indicacao_-_estudos_arvores_do_conjunto_tropical.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9689/rua_dancador_verde_ass.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9690/rua_arapacu_vermelho_ass.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9691/rua_juriti_piranga_ass.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9692/caneleirinho_ass.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9693/gaviao_cinzento_ass.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9694/rua_cardeal_de_bico_amarelo_ass.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9695/tapa_buracos_na_rua_japuguacu_no_jd._bela_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9696/fresados_estrada_alianca_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9697/poda_arvore_e_sinalizacao_viaria_gaviao_tinga_com_dancador_laranja_campestre_ii_assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9698/indicacao_-_pintura_e_revitalizacao_da_caixa_dagua_-_copia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9699/indicacao_-_homenagem_ao_francisco_vieira_soares_-_copia.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9700/indicacao_-_bebedouro_no_meu_campinho_tropical_-_copia.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9701/indicacao_-_aulas_disciplina_historia_ensino_fundamental_-_copia.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9702/indicacao_-_solicitacao_sinalizacao_transito_honpar_-_copia.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9703/clinica_de_fisioterapia_na_praca_ceu_das_artes_na_zona_sul_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9704/13.03_porteira_gaioleiros.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9705/indicacao_-_parque_tematico_dentro_do_parque_dos_passaros_-_copia.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9706/indicacao_-_recapeamento__da_rua_rua_corrupiao_do_rio_negro_no_herrminio_maria_-_copia.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9707/indicacao_-_recapeamento_da_rua_gaturamo_rei_-_copia.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9708/13.03_fazenda_gaucha.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9709/indicacao_-_feira_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9711/indicacao_-_placa_com_identificacao_na_praca_dr._ciro_bolivar_-_copia.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9712/indicacao_-_recapeamento_da_rua_casuar_jardim_primavera_-_copia.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9713/indicacao_de_manutencao_asfaltica_rua_avoante_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9714/indicacao_-_recapeamento_da_rua_cisne_negro_corina_pugliesi_-_copia.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9715/indicacao_reforma_do_cemei_dom_geraldo._assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9716/indicacao_reforma_escola_padre_chico_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9717/indicacao_descongelamento.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9718/indicacao_de_sinalizacao_rua_albatroz_real_esquina_com_andorinha_de_colar_negro._assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9719/indicacao_implantacao_ciclovia_na_estrada_solana._assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9720/indicacao_implantacao_feira_de_artesanato_e_gastronomia_na_praca_maua_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9721/indicacao_de_manutencao_asfaltica_rua_aguia_pesqueira2c_jardim_europa._assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9722/a2026_m03_d16_asfalto_rua_cmei_padre_paulo_speiser_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9723/indicacao_-_show_com_mulher_no_aniversario_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9734/cavalete_dagua_e_torneira_no_meu_campinho_do_alto_da_boa_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9735/poda_das_arvores_na_rua_rouxinol_assinado.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9736/indicacao_01_rua_andorinha_rocagem_digital.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9737/ati_no_residencial_piacenza_na_zona_sul.assinado.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9743/escolinha_de_volei_na_praca_ceu_das_artes_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9744/manutencao_do_ar_condicionado_da_clinica_de_fisioterapia_no_csu_assinado.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9746/indicacao_-_recapeamento_da_rua_bigua_jardim_primavera_-_copia.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9747/indicacao_-_recapeamento_da_rua_caneleiro_verde_-_copia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9748/indicacao_-_recapeamento_da_rua_chupa_dente_jardim_aeroporto_-_copia.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9749/indicacao_-_recapeamento_da_rua_soldado_-_copia.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9750/indicacao_-_recapeamento_da_rua_suiriri-cinza_jardim_dona_martinha_-_copia.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9751/indicacao_-_recapeamento_da_rua_soco_jardim_aeroporto_-_copia.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9752/indicacao_-_recapeamento_da_rua_tacha_-_copia.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9753/indicacao_-_recapeamento_da_rua_saira_purpura_no_jardim_monaco_-_copia.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9754/indicacao_-_limpeza_do_bueiro_da_rua_surucua_esqina_mutum_poranga_conjunto_centauro_-_copia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9755/indicacao_-_recapeamento_da_rua_saira_do_paraiso_no_jardim_universitario_-_copia.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9756/indicacao_-_recapeamento_da_rua_rabilonga_-_copia.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9757/indicacao_-_recapeamento_da_rua_pardal_-_copia.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9764/paco_municipal_waldyr_ortencio_pugliesi_assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9765/rocagem_ubs_ass.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9767/indicacao_-_recapeamento_da_rua_periquito_da_campina_no_jardim_monaco_ii_-_copia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9768/indicacao_parada_rapida_em_frente_a_farmacia_baroneza_super_popular_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9769/indicacao_-_recapeamento_da_rua_do_re_mi_interligacao_morumbi_x_centauro_-_copia.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9770/a2026_m03_d23_drenagem_av_siriema_esq_com_rua_faisao_e_gralha_azul_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9776/sinalizacao_de_transito_no_tereza_bononi_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9777/melhorias_e_jardinagem_na_rua_gaviao_tesoura_na_zona_sul._assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9778/pavimentacao_asfaltica_rua_gaviao_branco_jardim_morumbi_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9779/bueiro_rua_esmeralda_cauda_azul_ass.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9780/indicacao_-_recapeamento_da_rua_saci_-_copia.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9781/a2026_m03_d25_restauracao_asfaltica_paulino_fedrigo_rua_dancarino_vermelho_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9782/a2026_m03_d25_restauracao_asfaltica_rua_capitao_castanho_assinado_t.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9783/indicacao_-_recapeamento_da_rua_oriol_jardim_aeroporto_-_copia.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9784/indicacao_-_recapeamento_da_rua_marianinha_jardim_aeroporto_-_copia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9785/indicacao_-_recapeamento_da_rua_maitaca_verde_-_copia.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9539/mensagem_001-26_-_regras_descontos_sanepar.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9552/mensagem_002_altera_lei_5003-21_-_sistema_viario_-_pavim_concreto.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9554/mensagem_003_gratificacao_rt_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9556/mensagem_004_revisa_vencimentos_servidores_-_2026.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9614/mensagem_005_uso_de_equipam_mobilidade_indiv_autopropelidos_-_patinetes.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9665/mensagem_006_-_altera_lei_4450-16_-_pccr_magisterio_18-02-2026.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9724/mensagem_007_-_superavit_especial_40.00000.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9726/mensagem_008_prorroga_art_3_da_lei_5278-23_prazo_edific_apda.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9771/mensagem_009_altera_art._2o_lei_5240-23_aux_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9570/01_-_comissao_de_financas_e_orcamento_01_2026_pl_03_2026_-_gratificacao_enfermeiros_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9571/02_-_comissao_de_financas_e_orcamento_02_2026_-_projeto_de_lei_04_2026_-_revisao_geral_anual_executivo_assinado_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9669/parecer_pl_06_m_3_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9758/04_-_comissao_de_financas_e_orcamento_04__2026_projeto_de_lei_07__2026_credito_especial_40.00000_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9775/05_-_comissao_de_financas_e_orcamento_05_2026_pl_09__2026_-_aumento_auxilio_alimentacao_assinado_t.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9565/01_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9566/02_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9567/03_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9568/04_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9569/05_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9587/06_-_comissao_de_justica_legislacao_e_redacao_06__2026_projeto_de_lei_l_63__2025_-_casa_municipal_de_cudados_paliativo_-_arnaldo_-_parecer_juridico_pela_inconstitucionalidade.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9617/parecer_007.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9618/parecer_008.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9619/parecer_009.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9639/010.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9640/011.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9641/012.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9668/13.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9759/014.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9760/015.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9761/017.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9766/016.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9774/018.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9540/projeto_001-26_-_regras_descontos_sanepar.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9553/projeto_002_altera_lei_5003-21_-_sistema_viario__-_pavim_concreto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9555/projeto_003_gratificacao_rt_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9557/projeto_004_revisa_vencimentos_servidores_-_2026.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9615/projeto_005_uso_de_equipam_mobilidade_indiv_autopropelidos_-_patinetes.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9666/projeto_006_-_altera_lei_4450-16_-_pccr_magisterio_18-02-2026.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9725/projeto_007_superavit_especial_40.00000.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9727/projeto_008_prorroga_art_3_da_lei_5278-23_prazo_edific_apda.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9772/projeto_009_altera_art._2o_lei_5240-23_aux_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9544/pll_-acres._inc._a_lei_mun._no_4.981_de_2021__abandono_a_permanencia_de_animais_desacompanhados_por_periodo_superior_a_36_horas.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9551/01_-_projeto_de_lei__atencao_a_saude_da_mulher_no_climaterio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9558/projeto_de_lei_reajuste_servidores_legislativo_1_2_1.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9589/projeto_de_lei_-_participacao_em_eventos_oficiais.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9591/pll_-_evento_do_rubi.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9593/parques_sensoriais.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9595/projeto_de_lei_-_bebidas_2.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9681/pll_-_rua_da_saude.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9687/projeto_de_lei_l_-_vacinacao_tea_ass_ass.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9710/sala_de_amamentacao_no_municipio_de_arapongas_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9739/pll-_programa_de_incentivo_a_denuncias_.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9667/projeto_de_resolucao_-_gps_veiculos_oficiais._3_ass_ass.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9562/requerimento_sanepar_janeiro_2026.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9578/mocao_de_aplausos_assinado_28629_assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9590/retirada_do_projeto_de_lei_legislativo_no_4_de_2026.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9594/pesar-_sergio_okido.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9596/mocao_de_aplausos_ao_senhor_armiro_tudino_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9597/mocao_de_aplausos_a_empresa_majoka_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9598/requerimento_retirar_de_pauta_005_2026.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9621/mocao_de_aplausos_ao_senhor_jorge_luiz_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9625/requerimento_-_voto_de_pesar_matheus_henrique_de_oliveira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9626/requerimento_semaforo_ass.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9627/requerimento_codar.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9635/mocao_de_aplausos_henrique.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9728/requerimento_convocacao.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9729/requerimento_de_urgencia_16_03.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9730/requerimento_engeluz.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9731/requerimento_de_urgencia_16_03.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9732/requerimento_sestran.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9733/requerimento_de_urgencia_16_03.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9738/requerimento_readequacao_rotatoria_rodovia_pr-218_assinado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9740/requerimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9741/a2026_m03_d17_req_sanepar_arapongas_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9742/nota_de_repudio-_osni_vereador.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9745/mocao_de_aplausos_lilyana.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9588/denuncia_contra_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9688/ato_da_mesa_04-2026.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9773/parecer_do_relator.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9786/voto_divergente.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arapongas.pr.leg.br/media/sapl/public/materialegislativa/2026/9638/paulo_grassano.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H71"/>
+  <dimension ref="A1:H268"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="45.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="46.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="44" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="241.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="240.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1469,1834 +3969,6956 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
+        <v>18</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F9" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F12" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H13" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H14" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F16" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H16" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F19" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H19" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H20" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F21" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F22" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H22" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F23" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F25" t="s">
-        <v>109</v>
+        <v>36</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>110</v>
       </c>
       <c r="H25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>112</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>113</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F26" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F28" t="s">
-        <v>109</v>
+        <v>40</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H28" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H29" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F30" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H30" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F31" t="s">
-        <v>18</v>
+        <v>131</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H31" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H32" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F33" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F34" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H34" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F35" t="s">
-        <v>92</v>
+        <v>40</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F36" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H36" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F37" t="s">
-        <v>109</v>
+        <v>45</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H37" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F38" t="s">
-        <v>109</v>
+        <v>164</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="H38" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F39" t="s">
-        <v>92</v>
+        <v>40</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H39" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F40" t="s">
-        <v>23</v>
+        <v>114</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F41" t="s">
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H41" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F42" t="s">
-        <v>142</v>
+        <v>131</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H42" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F43" t="s">
-        <v>184</v>
+        <v>131</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>185</v>
       </c>
       <c r="H43" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>187</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>188</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F44" t="s">
-        <v>184</v>
+        <v>114</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H44" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>191</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>192</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F45" t="s">
-        <v>184</v>
+        <v>45</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H45" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>195</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>196</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F46" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H46" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>201</v>
       </c>
       <c r="D47" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="E47" t="s">
-        <v>201</v>
+        <v>35</v>
       </c>
       <c r="F47" t="s">
+        <v>164</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>204</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>205</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="E48" t="s">
-        <v>201</v>
+        <v>35</v>
       </c>
       <c r="F48" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H48" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>22</v>
+        <v>210</v>
       </c>
       <c r="D49" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="E49" t="s">
-        <v>201</v>
+        <v>35</v>
       </c>
       <c r="F49" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H49" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>27</v>
+        <v>214</v>
       </c>
       <c r="D50" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="E50" t="s">
-        <v>201</v>
+        <v>35</v>
       </c>
       <c r="F50" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H50" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>218</v>
       </c>
       <c r="D51" t="s">
-        <v>215</v>
+        <v>34</v>
       </c>
       <c r="E51" t="s">
-        <v>216</v>
+        <v>35</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H51" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>17</v>
+        <v>222</v>
       </c>
       <c r="D52" t="s">
-        <v>215</v>
+        <v>34</v>
       </c>
       <c r="E52" t="s">
-        <v>216</v>
+        <v>35</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="H52" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>226</v>
       </c>
       <c r="D53" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="E53" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="F53" t="s">
-        <v>225</v>
+        <v>40</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H53" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>230</v>
       </c>
       <c r="D54" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="E54" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="F54" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H54" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>22</v>
+        <v>234</v>
       </c>
       <c r="D55" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="E55" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="F55" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="H55" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>27</v>
+        <v>238</v>
       </c>
       <c r="D56" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="E56" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="F56" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="H56" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>31</v>
+        <v>242</v>
       </c>
       <c r="D57" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="E57" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="F57" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H57" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>35</v>
+        <v>246</v>
       </c>
       <c r="D58" t="s">
-        <v>223</v>
+        <v>34</v>
       </c>
       <c r="E58" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="F58" t="s">
-        <v>225</v>
+        <v>36</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="H58" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="D59" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="E59" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="F59" t="s">
-        <v>202</v>
+        <v>131</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H59" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="D60" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="E60" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="F60" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="H60" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>22</v>
+        <v>258</v>
       </c>
       <c r="D61" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="E61" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="F61" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="H61" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>27</v>
+        <v>262</v>
       </c>
       <c r="D62" t="s">
-        <v>244</v>
+        <v>34</v>
       </c>
       <c r="E62" t="s">
-        <v>245</v>
+        <v>35</v>
       </c>
       <c r="F62" t="s">
-        <v>202</v>
+        <v>114</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="H62" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>266</v>
       </c>
       <c r="D63" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="E63" t="s">
-        <v>259</v>
+        <v>35</v>
       </c>
       <c r="F63" t="s">
-        <v>18</v>
+        <v>206</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>260</v>
+        <v>267</v>
       </c>
       <c r="H63" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>17</v>
+        <v>270</v>
       </c>
       <c r="D64" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="E64" t="s">
-        <v>259</v>
+        <v>35</v>
       </c>
       <c r="F64" t="s">
-        <v>109</v>
+        <v>206</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="H64" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>22</v>
+        <v>274</v>
       </c>
       <c r="D65" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="E65" t="s">
-        <v>259</v>
+        <v>35</v>
       </c>
       <c r="F65" t="s">
-        <v>266</v>
+        <v>114</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="H65" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>27</v>
+        <v>278</v>
       </c>
       <c r="D66" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="E66" t="s">
-        <v>259</v>
+        <v>35</v>
       </c>
       <c r="F66" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="H66" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>282</v>
       </c>
       <c r="D67" t="s">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="E67" t="s">
-        <v>274</v>
+        <v>35</v>
       </c>
       <c r="F67" t="s">
-        <v>275</v>
+        <v>206</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="H67" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>17</v>
+        <v>286</v>
       </c>
       <c r="D68" t="s">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="E68" t="s">
-        <v>274</v>
+        <v>35</v>
       </c>
       <c r="F68" t="s">
-        <v>275</v>
+        <v>40</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="H68" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>22</v>
+        <v>290</v>
       </c>
       <c r="D69" t="s">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="E69" t="s">
-        <v>274</v>
+        <v>35</v>
       </c>
       <c r="F69" t="s">
-        <v>281</v>
+        <v>131</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="H69" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>27</v>
+        <v>294</v>
       </c>
       <c r="D70" t="s">
-        <v>273</v>
+        <v>34</v>
       </c>
       <c r="E70" t="s">
-        <v>274</v>
+        <v>35</v>
       </c>
       <c r="F70" t="s">
-        <v>92</v>
+        <v>36</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="H70" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
+        <v>298</v>
+      </c>
+      <c r="D71" t="s">
+        <v>34</v>
+      </c>
+      <c r="E71" t="s">
+        <v>35</v>
+      </c>
+      <c r="F71" t="s">
+        <v>36</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H71" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>301</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>302</v>
+      </c>
+      <c r="D72" t="s">
+        <v>34</v>
+      </c>
+      <c r="E72" t="s">
+        <v>35</v>
+      </c>
+      <c r="F72" t="s">
+        <v>40</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H72" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>305</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>306</v>
+      </c>
+      <c r="D73" t="s">
+        <v>34</v>
+      </c>
+      <c r="E73" t="s">
+        <v>35</v>
+      </c>
+      <c r="F73" t="s">
+        <v>164</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="H73" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>309</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>310</v>
+      </c>
+      <c r="D74" t="s">
+        <v>34</v>
+      </c>
+      <c r="E74" t="s">
+        <v>35</v>
+      </c>
+      <c r="F74" t="s">
+        <v>164</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H74" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>313</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>314</v>
+      </c>
+      <c r="D75" t="s">
+        <v>34</v>
+      </c>
+      <c r="E75" t="s">
+        <v>35</v>
+      </c>
+      <c r="F75" t="s">
+        <v>164</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H75" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>317</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>318</v>
+      </c>
+      <c r="D76" t="s">
+        <v>34</v>
+      </c>
+      <c r="E76" t="s">
+        <v>35</v>
+      </c>
+      <c r="F76" t="s">
+        <v>164</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H76" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>321</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>322</v>
+      </c>
+      <c r="D77" t="s">
+        <v>34</v>
+      </c>
+      <c r="E77" t="s">
+        <v>35</v>
+      </c>
+      <c r="F77" t="s">
+        <v>164</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H77" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>325</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>326</v>
+      </c>
+      <c r="D78" t="s">
+        <v>34</v>
+      </c>
+      <c r="E78" t="s">
+        <v>35</v>
+      </c>
+      <c r="F78" t="s">
+        <v>164</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H78" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>329</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>330</v>
+      </c>
+      <c r="D79" t="s">
+        <v>34</v>
+      </c>
+      <c r="E79" t="s">
+        <v>35</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H79" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>333</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>334</v>
+      </c>
+      <c r="D80" t="s">
+        <v>34</v>
+      </c>
+      <c r="E80" t="s">
+        <v>35</v>
+      </c>
+      <c r="F80" t="s">
+        <v>40</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H80" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>337</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>338</v>
+      </c>
+      <c r="D81" t="s">
+        <v>34</v>
+      </c>
+      <c r="E81" t="s">
+        <v>35</v>
+      </c>
+      <c r="F81" t="s">
+        <v>40</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H81" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>341</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>342</v>
+      </c>
+      <c r="D82" t="s">
+        <v>34</v>
+      </c>
+      <c r="E82" t="s">
+        <v>35</v>
+      </c>
+      <c r="F82" t="s">
+        <v>206</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H82" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>345</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>346</v>
+      </c>
+      <c r="D83" t="s">
+        <v>34</v>
+      </c>
+      <c r="E83" t="s">
+        <v>35</v>
+      </c>
+      <c r="F83" t="s">
+        <v>36</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H83" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>349</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>350</v>
+      </c>
+      <c r="D84" t="s">
+        <v>34</v>
+      </c>
+      <c r="E84" t="s">
+        <v>35</v>
+      </c>
+      <c r="F84" t="s">
+        <v>36</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H84" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>353</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>354</v>
+      </c>
+      <c r="D85" t="s">
+        <v>34</v>
+      </c>
+      <c r="E85" t="s">
+        <v>35</v>
+      </c>
+      <c r="F85" t="s">
+        <v>45</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H85" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>357</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>358</v>
+      </c>
+      <c r="D86" t="s">
+        <v>34</v>
+      </c>
+      <c r="E86" t="s">
+        <v>35</v>
+      </c>
+      <c r="F86" t="s">
+        <v>114</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H86" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>361</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>362</v>
+      </c>
+      <c r="D87" t="s">
+        <v>34</v>
+      </c>
+      <c r="E87" t="s">
+        <v>35</v>
+      </c>
+      <c r="F87" t="s">
+        <v>45</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H87" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>365</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>366</v>
+      </c>
+      <c r="D88" t="s">
+        <v>34</v>
+      </c>
+      <c r="E88" t="s">
+        <v>35</v>
+      </c>
+      <c r="F88" t="s">
+        <v>164</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H88" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>369</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>370</v>
+      </c>
+      <c r="D89" t="s">
+        <v>34</v>
+      </c>
+      <c r="E89" t="s">
+        <v>35</v>
+      </c>
+      <c r="F89" t="s">
+        <v>164</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H89" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>373</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>374</v>
+      </c>
+      <c r="D90" t="s">
+        <v>34</v>
+      </c>
+      <c r="E90" t="s">
+        <v>35</v>
+      </c>
+      <c r="F90" t="s">
+        <v>164</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H90" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>377</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>378</v>
+      </c>
+      <c r="D91" t="s">
+        <v>34</v>
+      </c>
+      <c r="E91" t="s">
+        <v>35</v>
+      </c>
+      <c r="F91" t="s">
+        <v>164</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H91" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>381</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>382</v>
+      </c>
+      <c r="D92" t="s">
+        <v>34</v>
+      </c>
+      <c r="E92" t="s">
+        <v>35</v>
+      </c>
+      <c r="F92" t="s">
+        <v>164</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H92" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>385</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>386</v>
+      </c>
+      <c r="D93" t="s">
+        <v>34</v>
+      </c>
+      <c r="E93" t="s">
+        <v>35</v>
+      </c>
+      <c r="F93" t="s">
+        <v>164</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H93" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>389</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>390</v>
+      </c>
+      <c r="D94" t="s">
+        <v>34</v>
+      </c>
+      <c r="E94" t="s">
+        <v>35</v>
+      </c>
+      <c r="F94" t="s">
+        <v>164</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H94" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>393</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>394</v>
+      </c>
+      <c r="D95" t="s">
+        <v>34</v>
+      </c>
+      <c r="E95" t="s">
+        <v>35</v>
+      </c>
+      <c r="F95" t="s">
+        <v>164</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H95" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>397</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>398</v>
+      </c>
+      <c r="D96" t="s">
+        <v>34</v>
+      </c>
+      <c r="E96" t="s">
+        <v>35</v>
+      </c>
+      <c r="F96" t="s">
+        <v>164</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H96" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>401</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>402</v>
+      </c>
+      <c r="D97" t="s">
+        <v>34</v>
+      </c>
+      <c r="E97" t="s">
+        <v>35</v>
+      </c>
+      <c r="F97" t="s">
+        <v>164</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H97" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>405</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>406</v>
+      </c>
+      <c r="D98" t="s">
+        <v>34</v>
+      </c>
+      <c r="E98" t="s">
+        <v>35</v>
+      </c>
+      <c r="F98" t="s">
+        <v>164</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H98" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>409</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>410</v>
+      </c>
+      <c r="D99" t="s">
+        <v>34</v>
+      </c>
+      <c r="E99" t="s">
+        <v>35</v>
+      </c>
+      <c r="F99" t="s">
+        <v>164</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H99" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>413</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>414</v>
+      </c>
+      <c r="D100" t="s">
+        <v>34</v>
+      </c>
+      <c r="E100" t="s">
+        <v>35</v>
+      </c>
+      <c r="F100" t="s">
+        <v>164</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H100" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>417</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>418</v>
+      </c>
+      <c r="D101" t="s">
+        <v>34</v>
+      </c>
+      <c r="E101" t="s">
+        <v>35</v>
+      </c>
+      <c r="F101" t="s">
+        <v>164</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H101" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>421</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>422</v>
+      </c>
+      <c r="D102" t="s">
+        <v>34</v>
+      </c>
+      <c r="E102" t="s">
+        <v>35</v>
+      </c>
+      <c r="F102" t="s">
+        <v>164</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H102" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>425</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>426</v>
+      </c>
+      <c r="D103" t="s">
+        <v>34</v>
+      </c>
+      <c r="E103" t="s">
+        <v>35</v>
+      </c>
+      <c r="F103" t="s">
+        <v>164</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H103" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>429</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>430</v>
+      </c>
+      <c r="D104" t="s">
+        <v>34</v>
+      </c>
+      <c r="E104" t="s">
+        <v>35</v>
+      </c>
+      <c r="F104" t="s">
+        <v>164</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H104" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>433</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>434</v>
+      </c>
+      <c r="D105" t="s">
+        <v>34</v>
+      </c>
+      <c r="E105" t="s">
+        <v>35</v>
+      </c>
+      <c r="F105" t="s">
+        <v>164</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H105" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>437</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>438</v>
+      </c>
+      <c r="D106" t="s">
+        <v>34</v>
+      </c>
+      <c r="E106" t="s">
+        <v>35</v>
+      </c>
+      <c r="F106" t="s">
+        <v>164</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H106" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>441</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>442</v>
+      </c>
+      <c r="D107" t="s">
+        <v>34</v>
+      </c>
+      <c r="E107" t="s">
+        <v>35</v>
+      </c>
+      <c r="F107" t="s">
+        <v>164</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H107" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>445</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>446</v>
+      </c>
+      <c r="D108" t="s">
+        <v>34</v>
+      </c>
+      <c r="E108" t="s">
+        <v>35</v>
+      </c>
+      <c r="F108" t="s">
+        <v>164</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H108" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>449</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>450</v>
+      </c>
+      <c r="D109" t="s">
+        <v>34</v>
+      </c>
+      <c r="E109" t="s">
+        <v>35</v>
+      </c>
+      <c r="F109" t="s">
+        <v>164</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H109" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>453</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>454</v>
+      </c>
+      <c r="D110" t="s">
+        <v>34</v>
+      </c>
+      <c r="E110" t="s">
+        <v>35</v>
+      </c>
+      <c r="F110" t="s">
+        <v>164</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H110" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>457</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>458</v>
+      </c>
+      <c r="D111" t="s">
+        <v>34</v>
+      </c>
+      <c r="E111" t="s">
+        <v>35</v>
+      </c>
+      <c r="F111" t="s">
+        <v>459</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H111" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>462</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>463</v>
+      </c>
+      <c r="D112" t="s">
+        <v>34</v>
+      </c>
+      <c r="E112" t="s">
+        <v>35</v>
+      </c>
+      <c r="F112" t="s">
+        <v>459</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H112" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>466</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>467</v>
+      </c>
+      <c r="D113" t="s">
+        <v>34</v>
+      </c>
+      <c r="E113" t="s">
+        <v>35</v>
+      </c>
+      <c r="F113" t="s">
+        <v>131</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H113" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>470</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>471</v>
+      </c>
+      <c r="D114" t="s">
+        <v>34</v>
+      </c>
+      <c r="E114" t="s">
+        <v>35</v>
+      </c>
+      <c r="F114" t="s">
+        <v>206</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H114" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>474</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>475</v>
+      </c>
+      <c r="D115" t="s">
+        <v>34</v>
+      </c>
+      <c r="E115" t="s">
+        <v>35</v>
+      </c>
+      <c r="F115" t="s">
+        <v>206</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H115" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>478</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>479</v>
+      </c>
+      <c r="D116" t="s">
+        <v>34</v>
+      </c>
+      <c r="E116" t="s">
+        <v>35</v>
+      </c>
+      <c r="F116" t="s">
+        <v>480</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H116" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>483</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>484</v>
+      </c>
+      <c r="D117" t="s">
+        <v>34</v>
+      </c>
+      <c r="E117" t="s">
+        <v>35</v>
+      </c>
+      <c r="F117" t="s">
+        <v>164</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H117" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>487</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>488</v>
+      </c>
+      <c r="D118" t="s">
+        <v>34</v>
+      </c>
+      <c r="E118" t="s">
+        <v>35</v>
+      </c>
+      <c r="F118" t="s">
+        <v>40</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H118" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>491</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>492</v>
+      </c>
+      <c r="D119" t="s">
+        <v>34</v>
+      </c>
+      <c r="E119" t="s">
+        <v>35</v>
+      </c>
+      <c r="F119" t="s">
+        <v>40</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H119" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>495</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>496</v>
+      </c>
+      <c r="D120" t="s">
+        <v>34</v>
+      </c>
+      <c r="E120" t="s">
+        <v>35</v>
+      </c>
+      <c r="F120" t="s">
+        <v>40</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H120" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>499</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>500</v>
+      </c>
+      <c r="D121" t="s">
+        <v>34</v>
+      </c>
+      <c r="E121" t="s">
+        <v>35</v>
+      </c>
+      <c r="F121" t="s">
+        <v>40</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H121" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>503</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>504</v>
+      </c>
+      <c r="D122" t="s">
+        <v>34</v>
+      </c>
+      <c r="E122" t="s">
+        <v>35</v>
+      </c>
+      <c r="F122" t="s">
+        <v>40</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H122" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>507</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>508</v>
+      </c>
+      <c r="D123" t="s">
+        <v>34</v>
+      </c>
+      <c r="E123" t="s">
+        <v>35</v>
+      </c>
+      <c r="F123" t="s">
+        <v>40</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H123" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>511</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>512</v>
+      </c>
+      <c r="D124" t="s">
+        <v>34</v>
+      </c>
+      <c r="E124" t="s">
+        <v>35</v>
+      </c>
+      <c r="F124" t="s">
+        <v>206</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H124" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>515</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>516</v>
+      </c>
+      <c r="D125" t="s">
+        <v>34</v>
+      </c>
+      <c r="E125" t="s">
+        <v>35</v>
+      </c>
+      <c r="F125" t="s">
+        <v>36</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H125" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>519</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>520</v>
+      </c>
+      <c r="D126" t="s">
+        <v>34</v>
+      </c>
+      <c r="E126" t="s">
+        <v>35</v>
+      </c>
+      <c r="F126" t="s">
+        <v>36</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H126" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>523</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>524</v>
+      </c>
+      <c r="D127" t="s">
+        <v>34</v>
+      </c>
+      <c r="E127" t="s">
+        <v>35</v>
+      </c>
+      <c r="F127" t="s">
+        <v>164</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H127" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>527</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>528</v>
+      </c>
+      <c r="D128" t="s">
+        <v>34</v>
+      </c>
+      <c r="E128" t="s">
+        <v>35</v>
+      </c>
+      <c r="F128" t="s">
+        <v>164</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H128" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>531</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>532</v>
+      </c>
+      <c r="D129" t="s">
+        <v>34</v>
+      </c>
+      <c r="E129" t="s">
+        <v>35</v>
+      </c>
+      <c r="F129" t="s">
+        <v>164</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H129" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>535</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>536</v>
+      </c>
+      <c r="D130" t="s">
+        <v>34</v>
+      </c>
+      <c r="E130" t="s">
+        <v>35</v>
+      </c>
+      <c r="F130" t="s">
+        <v>164</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H130" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>539</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>540</v>
+      </c>
+      <c r="D131" t="s">
+        <v>34</v>
+      </c>
+      <c r="E131" t="s">
+        <v>35</v>
+      </c>
+      <c r="F131" t="s">
+        <v>164</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H131" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>543</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>544</v>
+      </c>
+      <c r="D132" t="s">
+        <v>34</v>
+      </c>
+      <c r="E132" t="s">
+        <v>35</v>
+      </c>
+      <c r="F132" t="s">
+        <v>206</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H132" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>547</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>548</v>
+      </c>
+      <c r="D133" t="s">
+        <v>34</v>
+      </c>
+      <c r="E133" t="s">
+        <v>35</v>
+      </c>
+      <c r="F133" t="s">
+        <v>131</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H133" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>551</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>552</v>
+      </c>
+      <c r="D134" t="s">
+        <v>34</v>
+      </c>
+      <c r="E134" t="s">
+        <v>35</v>
+      </c>
+      <c r="F134" t="s">
+        <v>164</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H134" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>555</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>556</v>
+      </c>
+      <c r="D135" t="s">
+        <v>34</v>
+      </c>
+      <c r="E135" t="s">
+        <v>35</v>
+      </c>
+      <c r="F135" t="s">
+        <v>164</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H135" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>559</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>560</v>
+      </c>
+      <c r="D136" t="s">
+        <v>34</v>
+      </c>
+      <c r="E136" t="s">
+        <v>35</v>
+      </c>
+      <c r="F136" t="s">
+        <v>164</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H136" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>563</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>564</v>
+      </c>
+      <c r="D137" t="s">
+        <v>34</v>
+      </c>
+      <c r="E137" t="s">
+        <v>35</v>
+      </c>
+      <c r="F137" t="s">
+        <v>131</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H137" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>567</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>568</v>
+      </c>
+      <c r="D138" t="s">
+        <v>34</v>
+      </c>
+      <c r="E138" t="s">
+        <v>35</v>
+      </c>
+      <c r="F138" t="s">
+        <v>164</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H138" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>571</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>572</v>
+      </c>
+      <c r="D139" t="s">
+        <v>34</v>
+      </c>
+      <c r="E139" t="s">
+        <v>35</v>
+      </c>
+      <c r="F139" t="s">
+        <v>164</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H139" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>575</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>576</v>
+      </c>
+      <c r="D140" t="s">
+        <v>34</v>
+      </c>
+      <c r="E140" t="s">
+        <v>35</v>
+      </c>
+      <c r="F140" t="s">
+        <v>164</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H140" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>579</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>580</v>
+      </c>
+      <c r="D141" t="s">
+        <v>34</v>
+      </c>
+      <c r="E141" t="s">
+        <v>35</v>
+      </c>
+      <c r="F141" t="s">
+        <v>114</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H141" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>583</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>584</v>
+      </c>
+      <c r="D142" t="s">
+        <v>34</v>
+      </c>
+      <c r="E142" t="s">
+        <v>35</v>
+      </c>
+      <c r="F142" t="s">
+        <v>164</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H142" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>587</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>588</v>
+      </c>
+      <c r="D143" t="s">
+        <v>34</v>
+      </c>
+      <c r="E143" t="s">
+        <v>35</v>
+      </c>
+      <c r="F143" t="s">
+        <v>114</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H143" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>591</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>592</v>
+      </c>
+      <c r="D144" t="s">
+        <v>34</v>
+      </c>
+      <c r="E144" t="s">
+        <v>35</v>
+      </c>
+      <c r="F144" t="s">
+        <v>114</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H144" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>595</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>596</v>
+      </c>
+      <c r="D145" t="s">
+        <v>34</v>
+      </c>
+      <c r="E145" t="s">
+        <v>35</v>
+      </c>
+      <c r="F145" t="s">
+        <v>459</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H145" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>599</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>600</v>
+      </c>
+      <c r="D146" t="s">
+        <v>34</v>
+      </c>
+      <c r="E146" t="s">
+        <v>35</v>
+      </c>
+      <c r="F146" t="s">
+        <v>114</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H146" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>603</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>604</v>
+      </c>
+      <c r="D147" t="s">
+        <v>34</v>
+      </c>
+      <c r="E147" t="s">
+        <v>35</v>
+      </c>
+      <c r="F147" t="s">
+        <v>114</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H147" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>607</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>608</v>
+      </c>
+      <c r="D148" t="s">
+        <v>34</v>
+      </c>
+      <c r="E148" t="s">
+        <v>35</v>
+      </c>
+      <c r="F148" t="s">
+        <v>114</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H148" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>611</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>612</v>
+      </c>
+      <c r="D149" t="s">
+        <v>34</v>
+      </c>
+      <c r="E149" t="s">
+        <v>35</v>
+      </c>
+      <c r="F149" t="s">
+        <v>114</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H149" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>615</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>616</v>
+      </c>
+      <c r="D150" t="s">
+        <v>34</v>
+      </c>
+      <c r="E150" t="s">
+        <v>35</v>
+      </c>
+      <c r="F150" t="s">
+        <v>36</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H150" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>619</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>620</v>
+      </c>
+      <c r="D151" t="s">
+        <v>34</v>
+      </c>
+      <c r="E151" t="s">
+        <v>35</v>
+      </c>
+      <c r="F151" t="s">
+        <v>164</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H151" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>623</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>624</v>
+      </c>
+      <c r="D152" t="s">
+        <v>34</v>
+      </c>
+      <c r="E152" t="s">
+        <v>35</v>
+      </c>
+      <c r="F152" t="s">
+        <v>206</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H152" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>627</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>628</v>
+      </c>
+      <c r="D153" t="s">
+        <v>34</v>
+      </c>
+      <c r="E153" t="s">
+        <v>35</v>
+      </c>
+      <c r="F153" t="s">
+        <v>206</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H153" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>631</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>632</v>
+      </c>
+      <c r="D154" t="s">
+        <v>34</v>
+      </c>
+      <c r="E154" t="s">
+        <v>35</v>
+      </c>
+      <c r="F154" t="s">
+        <v>480</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H154" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>635</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>636</v>
+      </c>
+      <c r="D155" t="s">
+        <v>34</v>
+      </c>
+      <c r="E155" t="s">
+        <v>35</v>
+      </c>
+      <c r="F155" t="s">
+        <v>206</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H155" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>639</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>640</v>
+      </c>
+      <c r="D156" t="s">
+        <v>34</v>
+      </c>
+      <c r="E156" t="s">
+        <v>35</v>
+      </c>
+      <c r="F156" t="s">
+        <v>206</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H156" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>643</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>644</v>
+      </c>
+      <c r="D157" t="s">
+        <v>34</v>
+      </c>
+      <c r="E157" t="s">
+        <v>35</v>
+      </c>
+      <c r="F157" t="s">
+        <v>206</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H157" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>647</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>648</v>
+      </c>
+      <c r="D158" t="s">
+        <v>34</v>
+      </c>
+      <c r="E158" t="s">
+        <v>35</v>
+      </c>
+      <c r="F158" t="s">
+        <v>164</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H158" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>651</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>652</v>
+      </c>
+      <c r="D159" t="s">
+        <v>34</v>
+      </c>
+      <c r="E159" t="s">
+        <v>35</v>
+      </c>
+      <c r="F159" t="s">
+        <v>164</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H159" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>655</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>656</v>
+      </c>
+      <c r="D160" t="s">
+        <v>34</v>
+      </c>
+      <c r="E160" t="s">
+        <v>35</v>
+      </c>
+      <c r="F160" t="s">
+        <v>164</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H160" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>659</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>660</v>
+      </c>
+      <c r="D161" t="s">
+        <v>34</v>
+      </c>
+      <c r="E161" t="s">
+        <v>35</v>
+      </c>
+      <c r="F161" t="s">
+        <v>164</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H161" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>663</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>664</v>
+      </c>
+      <c r="D162" t="s">
+        <v>34</v>
+      </c>
+      <c r="E162" t="s">
+        <v>35</v>
+      </c>
+      <c r="F162" t="s">
+        <v>164</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H162" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>667</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>668</v>
+      </c>
+      <c r="D163" t="s">
+        <v>34</v>
+      </c>
+      <c r="E163" t="s">
+        <v>35</v>
+      </c>
+      <c r="F163" t="s">
+        <v>164</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H163" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>671</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>672</v>
+      </c>
+      <c r="D164" t="s">
+        <v>34</v>
+      </c>
+      <c r="E164" t="s">
+        <v>35</v>
+      </c>
+      <c r="F164" t="s">
+        <v>164</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H164" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>675</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>676</v>
+      </c>
+      <c r="D165" t="s">
+        <v>34</v>
+      </c>
+      <c r="E165" t="s">
+        <v>35</v>
+      </c>
+      <c r="F165" t="s">
+        <v>164</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H165" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>679</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>680</v>
+      </c>
+      <c r="D166" t="s">
+        <v>34</v>
+      </c>
+      <c r="E166" t="s">
+        <v>35</v>
+      </c>
+      <c r="F166" t="s">
+        <v>164</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H166" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>683</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>684</v>
+      </c>
+      <c r="D167" t="s">
+        <v>34</v>
+      </c>
+      <c r="E167" t="s">
+        <v>35</v>
+      </c>
+      <c r="F167" t="s">
+        <v>164</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H167" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>687</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>688</v>
+      </c>
+      <c r="D168" t="s">
+        <v>34</v>
+      </c>
+      <c r="E168" t="s">
+        <v>35</v>
+      </c>
+      <c r="F168" t="s">
+        <v>164</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H168" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>691</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>692</v>
+      </c>
+      <c r="D169" t="s">
+        <v>34</v>
+      </c>
+      <c r="E169" t="s">
+        <v>35</v>
+      </c>
+      <c r="F169" t="s">
+        <v>164</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H169" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>695</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>696</v>
+      </c>
+      <c r="D170" t="s">
+        <v>34</v>
+      </c>
+      <c r="E170" t="s">
+        <v>35</v>
+      </c>
+      <c r="F170" t="s">
+        <v>206</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H170" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>699</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>700</v>
+      </c>
+      <c r="D171" t="s">
+        <v>34</v>
+      </c>
+      <c r="E171" t="s">
+        <v>35</v>
+      </c>
+      <c r="F171" t="s">
+        <v>45</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H171" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>703</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>704</v>
+      </c>
+      <c r="D172" t="s">
+        <v>34</v>
+      </c>
+      <c r="E172" t="s">
+        <v>35</v>
+      </c>
+      <c r="F172" t="s">
+        <v>164</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H172" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>707</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>708</v>
+      </c>
+      <c r="D173" t="s">
+        <v>34</v>
+      </c>
+      <c r="E173" t="s">
+        <v>35</v>
+      </c>
+      <c r="F173" t="s">
+        <v>36</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H173" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>711</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>712</v>
+      </c>
+      <c r="D174" t="s">
+        <v>34</v>
+      </c>
+      <c r="E174" t="s">
+        <v>35</v>
+      </c>
+      <c r="F174" t="s">
+        <v>164</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H174" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>715</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>716</v>
+      </c>
+      <c r="D175" t="s">
+        <v>34</v>
+      </c>
+      <c r="E175" t="s">
+        <v>35</v>
+      </c>
+      <c r="F175" t="s">
+        <v>36</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H175" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>719</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>720</v>
+      </c>
+      <c r="D176" t="s">
+        <v>34</v>
+      </c>
+      <c r="E176" t="s">
+        <v>35</v>
+      </c>
+      <c r="F176" t="s">
+        <v>206</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H176" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>723</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>724</v>
+      </c>
+      <c r="D177" t="s">
+        <v>34</v>
+      </c>
+      <c r="E177" t="s">
+        <v>35</v>
+      </c>
+      <c r="F177" t="s">
+        <v>206</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H177" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>727</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>728</v>
+      </c>
+      <c r="D178" t="s">
+        <v>34</v>
+      </c>
+      <c r="E178" t="s">
+        <v>35</v>
+      </c>
+      <c r="F178" t="s">
+        <v>36</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H178" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>731</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>732</v>
+      </c>
+      <c r="D179" t="s">
+        <v>34</v>
+      </c>
+      <c r="E179" t="s">
+        <v>35</v>
+      </c>
+      <c r="F179" t="s">
+        <v>45</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H179" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>735</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>736</v>
+      </c>
+      <c r="D180" t="s">
+        <v>34</v>
+      </c>
+      <c r="E180" t="s">
+        <v>35</v>
+      </c>
+      <c r="F180" t="s">
+        <v>164</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H180" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>739</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>740</v>
+      </c>
+      <c r="D181" t="s">
+        <v>34</v>
+      </c>
+      <c r="E181" t="s">
+        <v>35</v>
+      </c>
+      <c r="F181" t="s">
+        <v>36</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H181" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>743</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>744</v>
+      </c>
+      <c r="D182" t="s">
+        <v>34</v>
+      </c>
+      <c r="E182" t="s">
+        <v>35</v>
+      </c>
+      <c r="F182" t="s">
+        <v>36</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H182" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>747</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>748</v>
+      </c>
+      <c r="D183" t="s">
+        <v>34</v>
+      </c>
+      <c r="E183" t="s">
+        <v>35</v>
+      </c>
+      <c r="F183" t="s">
+        <v>164</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H183" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>751</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>752</v>
+      </c>
+      <c r="D184" t="s">
+        <v>34</v>
+      </c>
+      <c r="E184" t="s">
+        <v>35</v>
+      </c>
+      <c r="F184" t="s">
+        <v>164</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H184" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>755</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>756</v>
+      </c>
+      <c r="D185" t="s">
+        <v>34</v>
+      </c>
+      <c r="E185" t="s">
+        <v>35</v>
+      </c>
+      <c r="F185" t="s">
+        <v>164</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H185" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>759</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
         <v>10</v>
       </c>
-      <c r="D71" t="s">
-[...12 lines deleted...]
-        <v>292</v>
+      <c r="D186" t="s">
+        <v>760</v>
+      </c>
+      <c r="E186" t="s">
+        <v>761</v>
+      </c>
+      <c r="F186" t="s">
+        <v>762</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H186" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>765</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>21</v>
+      </c>
+      <c r="D187" t="s">
+        <v>760</v>
+      </c>
+      <c r="E187" t="s">
+        <v>761</v>
+      </c>
+      <c r="F187" t="s">
+        <v>762</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H187" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>768</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>44</v>
+      </c>
+      <c r="D188" t="s">
+        <v>760</v>
+      </c>
+      <c r="E188" t="s">
+        <v>761</v>
+      </c>
+      <c r="F188" t="s">
+        <v>762</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H188" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>771</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>49</v>
+      </c>
+      <c r="D189" t="s">
+        <v>760</v>
+      </c>
+      <c r="E189" t="s">
+        <v>761</v>
+      </c>
+      <c r="F189" t="s">
+        <v>762</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H189" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>774</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>53</v>
+      </c>
+      <c r="D190" t="s">
+        <v>760</v>
+      </c>
+      <c r="E190" t="s">
+        <v>761</v>
+      </c>
+      <c r="F190" t="s">
+        <v>762</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H190" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>777</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>57</v>
+      </c>
+      <c r="D191" t="s">
+        <v>760</v>
+      </c>
+      <c r="E191" t="s">
+        <v>761</v>
+      </c>
+      <c r="F191" t="s">
+        <v>762</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H191" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>780</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>61</v>
+      </c>
+      <c r="D192" t="s">
+        <v>760</v>
+      </c>
+      <c r="E192" t="s">
+        <v>761</v>
+      </c>
+      <c r="F192" t="s">
+        <v>762</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H192" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>783</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>65</v>
+      </c>
+      <c r="D193" t="s">
+        <v>760</v>
+      </c>
+      <c r="E193" t="s">
+        <v>761</v>
+      </c>
+      <c r="F193" t="s">
+        <v>762</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H193" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>786</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>69</v>
+      </c>
+      <c r="D194" t="s">
+        <v>760</v>
+      </c>
+      <c r="E194" t="s">
+        <v>761</v>
+      </c>
+      <c r="F194" t="s">
+        <v>762</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H194" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>789</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>10</v>
+      </c>
+      <c r="D195" t="s">
+        <v>790</v>
+      </c>
+      <c r="E195" t="s">
+        <v>791</v>
+      </c>
+      <c r="F195" t="s">
+        <v>36</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H195" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>794</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>21</v>
+      </c>
+      <c r="D196" t="s">
+        <v>790</v>
+      </c>
+      <c r="E196" t="s">
+        <v>791</v>
+      </c>
+      <c r="F196" t="s">
+        <v>36</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H196" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>797</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>44</v>
+      </c>
+      <c r="D197" t="s">
+        <v>790</v>
+      </c>
+      <c r="E197" t="s">
+        <v>791</v>
+      </c>
+      <c r="F197" t="s">
+        <v>36</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H197" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>800</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>49</v>
+      </c>
+      <c r="D198" t="s">
+        <v>790</v>
+      </c>
+      <c r="E198" t="s">
+        <v>791</v>
+      </c>
+      <c r="F198" t="s">
+        <v>36</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H198" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>803</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>53</v>
+      </c>
+      <c r="D199" t="s">
+        <v>790</v>
+      </c>
+      <c r="E199" t="s">
+        <v>791</v>
+      </c>
+      <c r="F199" t="s">
+        <v>36</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H199" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>806</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>10</v>
+      </c>
+      <c r="D200" t="s">
+        <v>807</v>
+      </c>
+      <c r="E200" t="s">
+        <v>808</v>
+      </c>
+      <c r="F200" t="s">
+        <v>809</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H200" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>812</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>21</v>
+      </c>
+      <c r="D201" t="s">
+        <v>807</v>
+      </c>
+      <c r="E201" t="s">
+        <v>808</v>
+      </c>
+      <c r="F201" t="s">
+        <v>809</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H201" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>815</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>44</v>
+      </c>
+      <c r="D202" t="s">
+        <v>807</v>
+      </c>
+      <c r="E202" t="s">
+        <v>808</v>
+      </c>
+      <c r="F202" t="s">
+        <v>809</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H202" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>818</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>49</v>
+      </c>
+      <c r="D203" t="s">
+        <v>807</v>
+      </c>
+      <c r="E203" t="s">
+        <v>808</v>
+      </c>
+      <c r="F203" t="s">
+        <v>809</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H203" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>821</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>53</v>
+      </c>
+      <c r="D204" t="s">
+        <v>807</v>
+      </c>
+      <c r="E204" t="s">
+        <v>808</v>
+      </c>
+      <c r="F204" t="s">
+        <v>809</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H204" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>824</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>57</v>
+      </c>
+      <c r="D205" t="s">
+        <v>807</v>
+      </c>
+      <c r="E205" t="s">
+        <v>808</v>
+      </c>
+      <c r="F205" t="s">
+        <v>809</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H205" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>827</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>61</v>
+      </c>
+      <c r="D206" t="s">
+        <v>807</v>
+      </c>
+      <c r="E206" t="s">
+        <v>808</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H206" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>830</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>65</v>
+      </c>
+      <c r="D207" t="s">
+        <v>807</v>
+      </c>
+      <c r="E207" t="s">
+        <v>808</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H207" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>833</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>69</v>
+      </c>
+      <c r="D208" t="s">
+        <v>807</v>
+      </c>
+      <c r="E208" t="s">
+        <v>808</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H208" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>836</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>73</v>
+      </c>
+      <c r="D209" t="s">
+        <v>807</v>
+      </c>
+      <c r="E209" t="s">
+        <v>808</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H209" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>839</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>77</v>
+      </c>
+      <c r="D210" t="s">
+        <v>807</v>
+      </c>
+      <c r="E210" t="s">
+        <v>808</v>
+      </c>
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="H210" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>842</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>81</v>
+      </c>
+      <c r="D211" t="s">
+        <v>807</v>
+      </c>
+      <c r="E211" t="s">
+        <v>808</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H211" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>845</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>85</v>
+      </c>
+      <c r="D212" t="s">
+        <v>807</v>
+      </c>
+      <c r="E212" t="s">
+        <v>808</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H212" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>848</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>89</v>
+      </c>
+      <c r="D213" t="s">
+        <v>807</v>
+      </c>
+      <c r="E213" t="s">
+        <v>808</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H213" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>851</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>93</v>
+      </c>
+      <c r="D214" t="s">
+        <v>807</v>
+      </c>
+      <c r="E214" t="s">
+        <v>808</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H214" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>854</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>97</v>
+      </c>
+      <c r="D215" t="s">
+        <v>807</v>
+      </c>
+      <c r="E215" t="s">
+        <v>808</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H215" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>857</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>101</v>
+      </c>
+      <c r="D216" t="s">
+        <v>807</v>
+      </c>
+      <c r="E216" t="s">
+        <v>808</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H216" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>860</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>105</v>
+      </c>
+      <c r="D217" t="s">
+        <v>807</v>
+      </c>
+      <c r="E217" t="s">
+        <v>808</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H217" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>863</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>10</v>
+      </c>
+      <c r="D218" t="s">
+        <v>864</v>
+      </c>
+      <c r="E218" t="s">
+        <v>865</v>
+      </c>
+      <c r="F218" t="s">
+        <v>762</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H218" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>868</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>21</v>
+      </c>
+      <c r="D219" t="s">
+        <v>864</v>
+      </c>
+      <c r="E219" t="s">
+        <v>865</v>
+      </c>
+      <c r="F219" t="s">
+        <v>762</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="H219" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>871</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>44</v>
+      </c>
+      <c r="D220" t="s">
+        <v>864</v>
+      </c>
+      <c r="E220" t="s">
+        <v>865</v>
+      </c>
+      <c r="F220" t="s">
+        <v>762</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H220" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>874</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>49</v>
+      </c>
+      <c r="D221" t="s">
+        <v>864</v>
+      </c>
+      <c r="E221" t="s">
+        <v>865</v>
+      </c>
+      <c r="F221" t="s">
+        <v>762</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H221" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>877</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>53</v>
+      </c>
+      <c r="D222" t="s">
+        <v>864</v>
+      </c>
+      <c r="E222" t="s">
+        <v>865</v>
+      </c>
+      <c r="F222" t="s">
+        <v>762</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="H222" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>880</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>57</v>
+      </c>
+      <c r="D223" t="s">
+        <v>864</v>
+      </c>
+      <c r="E223" t="s">
+        <v>865</v>
+      </c>
+      <c r="F223" t="s">
+        <v>762</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="H223" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>883</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>61</v>
+      </c>
+      <c r="D224" t="s">
+        <v>864</v>
+      </c>
+      <c r="E224" t="s">
+        <v>865</v>
+      </c>
+      <c r="F224" t="s">
+        <v>762</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H224" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>886</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>65</v>
+      </c>
+      <c r="D225" t="s">
+        <v>864</v>
+      </c>
+      <c r="E225" t="s">
+        <v>865</v>
+      </c>
+      <c r="F225" t="s">
+        <v>762</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H225" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>889</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>69</v>
+      </c>
+      <c r="D226" t="s">
+        <v>864</v>
+      </c>
+      <c r="E226" t="s">
+        <v>865</v>
+      </c>
+      <c r="F226" t="s">
+        <v>762</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H226" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>892</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>10</v>
+      </c>
+      <c r="D227" t="s">
+        <v>893</v>
+      </c>
+      <c r="E227" t="s">
+        <v>894</v>
+      </c>
+      <c r="F227" t="s">
+        <v>40</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="H227" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>897</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>21</v>
+      </c>
+      <c r="D228" t="s">
+        <v>893</v>
+      </c>
+      <c r="E228" t="s">
+        <v>894</v>
+      </c>
+      <c r="F228" t="s">
+        <v>131</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H228" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>899</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>44</v>
+      </c>
+      <c r="D229" t="s">
+        <v>893</v>
+      </c>
+      <c r="E229" t="s">
+        <v>894</v>
+      </c>
+      <c r="F229" t="s">
+        <v>900</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="H229" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>903</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>49</v>
+      </c>
+      <c r="D230" t="s">
+        <v>893</v>
+      </c>
+      <c r="E230" t="s">
+        <v>894</v>
+      </c>
+      <c r="F230" t="s">
+        <v>164</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H230" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>906</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>53</v>
+      </c>
+      <c r="D231" t="s">
+        <v>893</v>
+      </c>
+      <c r="E231" t="s">
+        <v>894</v>
+      </c>
+      <c r="F231" t="s">
+        <v>13</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H231" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>909</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>57</v>
+      </c>
+      <c r="D232" t="s">
+        <v>893</v>
+      </c>
+      <c r="E232" t="s">
+        <v>894</v>
+      </c>
+      <c r="F232" t="s">
+        <v>910</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H232" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>912</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>61</v>
+      </c>
+      <c r="D233" t="s">
+        <v>893</v>
+      </c>
+      <c r="E233" t="s">
+        <v>894</v>
+      </c>
+      <c r="F233" t="s">
+        <v>459</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="H233" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>915</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>65</v>
+      </c>
+      <c r="D234" t="s">
+        <v>893</v>
+      </c>
+      <c r="E234" t="s">
+        <v>894</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H234" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>917</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>69</v>
+      </c>
+      <c r="D235" t="s">
+        <v>893</v>
+      </c>
+      <c r="E235" t="s">
+        <v>894</v>
+      </c>
+      <c r="F235" t="s">
+        <v>918</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="H235" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>921</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>73</v>
+      </c>
+      <c r="D236" t="s">
+        <v>893</v>
+      </c>
+      <c r="E236" t="s">
+        <v>894</v>
+      </c>
+      <c r="F236" t="s">
+        <v>206</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H236" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>924</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>77</v>
+      </c>
+      <c r="D237" t="s">
+        <v>893</v>
+      </c>
+      <c r="E237" t="s">
+        <v>894</v>
+      </c>
+      <c r="F237" t="s">
+        <v>40</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="H237" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>927</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>10</v>
+      </c>
+      <c r="D238" t="s">
+        <v>928</v>
+      </c>
+      <c r="E238" t="s">
+        <v>929</v>
+      </c>
+      <c r="F238" t="s">
+        <v>918</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="H238" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>932</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>10</v>
+      </c>
+      <c r="D239" t="s">
+        <v>933</v>
+      </c>
+      <c r="E239" t="s">
+        <v>934</v>
+      </c>
+      <c r="F239" t="s">
+        <v>935</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H239" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>938</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>21</v>
+      </c>
+      <c r="D240" t="s">
+        <v>933</v>
+      </c>
+      <c r="E240" t="s">
+        <v>934</v>
+      </c>
+      <c r="F240" t="s">
+        <v>935</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="H240" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>940</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>44</v>
+      </c>
+      <c r="D241" t="s">
+        <v>933</v>
+      </c>
+      <c r="E241" t="s">
+        <v>934</v>
+      </c>
+      <c r="F241" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="H241" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>943</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>49</v>
+      </c>
+      <c r="D242" t="s">
+        <v>933</v>
+      </c>
+      <c r="E242" t="s">
+        <v>934</v>
+      </c>
+      <c r="F242" t="s">
+        <v>114</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="H242" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>946</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>53</v>
+      </c>
+      <c r="D243" t="s">
+        <v>933</v>
+      </c>
+      <c r="E243" t="s">
+        <v>934</v>
+      </c>
+      <c r="F243" t="s">
+        <v>164</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H243" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>949</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>57</v>
+      </c>
+      <c r="D244" t="s">
+        <v>933</v>
+      </c>
+      <c r="E244" t="s">
+        <v>934</v>
+      </c>
+      <c r="F244" t="s">
+        <v>131</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="H244" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>952</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>61</v>
+      </c>
+      <c r="D245" t="s">
+        <v>933</v>
+      </c>
+      <c r="E245" t="s">
+        <v>934</v>
+      </c>
+      <c r="F245" t="s">
+        <v>206</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H245" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>955</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>65</v>
+      </c>
+      <c r="D246" t="s">
+        <v>933</v>
+      </c>
+      <c r="E246" t="s">
+        <v>934</v>
+      </c>
+      <c r="F246" t="s">
+        <v>206</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H246" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>958</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>69</v>
+      </c>
+      <c r="D247" t="s">
+        <v>933</v>
+      </c>
+      <c r="E247" t="s">
+        <v>934</v>
+      </c>
+      <c r="F247" t="s">
+        <v>13</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="H247" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>961</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>73</v>
+      </c>
+      <c r="D248" t="s">
+        <v>933</v>
+      </c>
+      <c r="E248" t="s">
+        <v>934</v>
+      </c>
+      <c r="F248" t="s">
+        <v>206</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="H248" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>964</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>77</v>
+      </c>
+      <c r="D249" t="s">
+        <v>933</v>
+      </c>
+      <c r="E249" t="s">
+        <v>934</v>
+      </c>
+      <c r="F249" t="s">
+        <v>164</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H249" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>967</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>81</v>
+      </c>
+      <c r="D250" t="s">
+        <v>933</v>
+      </c>
+      <c r="E250" t="s">
+        <v>934</v>
+      </c>
+      <c r="F250" t="s">
+        <v>918</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H250" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>970</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>85</v>
+      </c>
+      <c r="D251" t="s">
+        <v>933</v>
+      </c>
+      <c r="E251" t="s">
+        <v>934</v>
+      </c>
+      <c r="F251" t="s">
+        <v>918</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>971</v>
+      </c>
+      <c r="H251" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>973</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>89</v>
+      </c>
+      <c r="D252" t="s">
+        <v>933</v>
+      </c>
+      <c r="E252" t="s">
+        <v>934</v>
+      </c>
+      <c r="F252" t="s">
+        <v>459</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H252" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>976</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>93</v>
+      </c>
+      <c r="D253" t="s">
+        <v>933</v>
+      </c>
+      <c r="E253" t="s">
+        <v>934</v>
+      </c>
+      <c r="F253" t="s">
+        <v>918</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H253" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>979</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>97</v>
+      </c>
+      <c r="D254" t="s">
+        <v>933</v>
+      </c>
+      <c r="E254" t="s">
+        <v>934</v>
+      </c>
+      <c r="F254" t="s">
+        <v>918</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="H254" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>982</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>101</v>
+      </c>
+      <c r="D255" t="s">
+        <v>933</v>
+      </c>
+      <c r="E255" t="s">
+        <v>934</v>
+      </c>
+      <c r="F255" t="s">
+        <v>918</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="H255" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>985</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>105</v>
+      </c>
+      <c r="D256" t="s">
+        <v>933</v>
+      </c>
+      <c r="E256" t="s">
+        <v>934</v>
+      </c>
+      <c r="F256" t="s">
+        <v>918</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H256" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>987</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>109</v>
+      </c>
+      <c r="D257" t="s">
+        <v>933</v>
+      </c>
+      <c r="E257" t="s">
+        <v>934</v>
+      </c>
+      <c r="F257" t="s">
+        <v>918</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>988</v>
+      </c>
+      <c r="H257" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>990</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>113</v>
+      </c>
+      <c r="D258" t="s">
+        <v>933</v>
+      </c>
+      <c r="E258" t="s">
+        <v>934</v>
+      </c>
+      <c r="F258" t="s">
+        <v>918</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>991</v>
+      </c>
+      <c r="H258" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>992</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>118</v>
+      </c>
+      <c r="D259" t="s">
+        <v>933</v>
+      </c>
+      <c r="E259" t="s">
+        <v>934</v>
+      </c>
+      <c r="F259" t="s">
+        <v>36</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="H259" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>995</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>122</v>
+      </c>
+      <c r="D260" t="s">
+        <v>933</v>
+      </c>
+      <c r="E260" t="s">
+        <v>934</v>
+      </c>
+      <c r="F260" t="s">
+        <v>996</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="H260" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>999</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>126</v>
+      </c>
+      <c r="D261" t="s">
+        <v>933</v>
+      </c>
+      <c r="E261" t="s">
+        <v>934</v>
+      </c>
+      <c r="F261" t="s">
+        <v>36</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H261" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>130</v>
+      </c>
+      <c r="D262" t="s">
+        <v>933</v>
+      </c>
+      <c r="E262" t="s">
+        <v>934</v>
+      </c>
+      <c r="F262" t="s">
+        <v>40</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>135</v>
+      </c>
+      <c r="D263" t="s">
+        <v>933</v>
+      </c>
+      <c r="E263" t="s">
+        <v>934</v>
+      </c>
+      <c r="F263" t="s">
+        <v>131</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>10</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>10</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F265" t="s">
+        <v>900</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>21</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F266" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>44</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F267" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>10</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F268" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1031</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3327,50 +10949,247 @@
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
     <hyperlink ref="G54" r:id="rId53"/>
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>